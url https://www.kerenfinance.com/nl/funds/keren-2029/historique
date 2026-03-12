--- v0 (2025-12-03)
+++ v1 (2026-03-12)
@@ -4,59 +4,59 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historique Vls Keren 2029" sheetId="1" r:id="rId4"/>
+    <sheet name="Historique Vls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="557">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="626">
   <si>
     <t>Keren 2029</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>FR001400J5O4</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
     <t>2023-09-15</t>
   </si>
   <si>
     <t>2023-09-18</t>
   </si>
   <si>
     <t>2023-09-19</t>
   </si>
   <si>
@@ -1683,50 +1683,257 @@
     <t>2025-11-19</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>2025-11-27</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2030,51 +2237,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z556"/>
+  <dimension ref="A1:Z625"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
@@ -6479,86 +6686,638 @@
         <v>112.41</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" t="s">
         <v>554</v>
       </c>
       <c r="B554">
         <v>112.46</v>
       </c>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" t="s">
         <v>555</v>
       </c>
       <c r="B555">
         <v>112.5</v>
       </c>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" t="s">
         <v>556</v>
       </c>
       <c r="B556">
         <v>112.46</v>
+      </c>
+    </row>
+    <row r="557" spans="1:26">
+      <c r="A557" t="s">
+        <v>557</v>
+      </c>
+      <c r="B557">
+        <v>112.51</v>
+      </c>
+    </row>
+    <row r="558" spans="1:26">
+      <c r="A558" t="s">
+        <v>558</v>
+      </c>
+      <c r="B558">
+        <v>112.55</v>
+      </c>
+    </row>
+    <row r="559" spans="1:26">
+      <c r="A559" t="s">
+        <v>559</v>
+      </c>
+      <c r="B559">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="560" spans="1:26">
+      <c r="A560" t="s">
+        <v>560</v>
+      </c>
+      <c r="B560">
+        <v>112.56</v>
+      </c>
+    </row>
+    <row r="561" spans="1:26">
+      <c r="A561" t="s">
+        <v>561</v>
+      </c>
+      <c r="B561">
+        <v>112.47</v>
+      </c>
+    </row>
+    <row r="562" spans="1:26">
+      <c r="A562" t="s">
+        <v>562</v>
+      </c>
+      <c r="B562">
+        <v>112.44</v>
+      </c>
+    </row>
+    <row r="563" spans="1:26">
+      <c r="A563" t="s">
+        <v>563</v>
+      </c>
+      <c r="B563">
+        <v>112.42</v>
+      </c>
+    </row>
+    <row r="564" spans="1:26">
+      <c r="A564" t="s">
+        <v>564</v>
+      </c>
+      <c r="B564">
+        <v>112.41</v>
+      </c>
+    </row>
+    <row r="565" spans="1:26">
+      <c r="A565" t="s">
+        <v>565</v>
+      </c>
+      <c r="B565">
+        <v>112.43</v>
+      </c>
+    </row>
+    <row r="566" spans="1:26">
+      <c r="A566" t="s">
+        <v>566</v>
+      </c>
+      <c r="B566">
+        <v>112.41</v>
+      </c>
+    </row>
+    <row r="567" spans="1:26">
+      <c r="A567" t="s">
+        <v>567</v>
+      </c>
+      <c r="B567">
+        <v>112.45</v>
+      </c>
+    </row>
+    <row r="568" spans="1:26">
+      <c r="A568" t="s">
+        <v>568</v>
+      </c>
+      <c r="B568">
+        <v>112.48</v>
+      </c>
+    </row>
+    <row r="569" spans="1:26">
+      <c r="A569" t="s">
+        <v>569</v>
+      </c>
+      <c r="B569">
+        <v>112.51</v>
+      </c>
+    </row>
+    <row r="570" spans="1:26">
+      <c r="A570" t="s">
+        <v>570</v>
+      </c>
+      <c r="B570">
+        <v>112.49</v>
+      </c>
+    </row>
+    <row r="571" spans="1:26">
+      <c r="A571" t="s">
+        <v>571</v>
+      </c>
+      <c r="B571">
+        <v>112.51</v>
+      </c>
+    </row>
+    <row r="572" spans="1:26">
+      <c r="A572" t="s">
+        <v>572</v>
+      </c>
+      <c r="B572">
+        <v>112.59</v>
+      </c>
+    </row>
+    <row r="573" spans="1:26">
+      <c r="A573" t="s">
+        <v>573</v>
+      </c>
+      <c r="B573">
+        <v>112.55</v>
+      </c>
+    </row>
+    <row r="574" spans="1:26">
+      <c r="A574" t="s">
+        <v>574</v>
+      </c>
+      <c r="B574">
+        <v>112.6</v>
+      </c>
+    </row>
+    <row r="575" spans="1:26">
+      <c r="A575" t="s">
+        <v>575</v>
+      </c>
+      <c r="B575">
+        <v>112.61</v>
+      </c>
+    </row>
+    <row r="576" spans="1:26">
+      <c r="A576" t="s">
+        <v>576</v>
+      </c>
+      <c r="B576">
+        <v>112.67</v>
+      </c>
+    </row>
+    <row r="577" spans="1:26">
+      <c r="A577" t="s">
+        <v>577</v>
+      </c>
+      <c r="B577">
+        <v>112.06</v>
+      </c>
+    </row>
+    <row r="578" spans="1:26">
+      <c r="A578" t="s">
+        <v>578</v>
+      </c>
+      <c r="B578">
+        <v>112.11</v>
+      </c>
+    </row>
+    <row r="579" spans="1:26">
+      <c r="A579" t="s">
+        <v>579</v>
+      </c>
+      <c r="B579">
+        <v>112.19</v>
+      </c>
+    </row>
+    <row r="580" spans="1:26">
+      <c r="A580" t="s">
+        <v>580</v>
+      </c>
+      <c r="B580">
+        <v>112.27</v>
+      </c>
+    </row>
+    <row r="581" spans="1:26">
+      <c r="A581" t="s">
+        <v>581</v>
+      </c>
+      <c r="B581">
+        <v>112.31</v>
+      </c>
+    </row>
+    <row r="582" spans="1:26">
+      <c r="A582" t="s">
+        <v>582</v>
+      </c>
+      <c r="B582">
+        <v>112.36</v>
+      </c>
+    </row>
+    <row r="583" spans="1:26">
+      <c r="A583" t="s">
+        <v>583</v>
+      </c>
+      <c r="B583">
+        <v>112.36</v>
+      </c>
+    </row>
+    <row r="584" spans="1:26">
+      <c r="A584" t="s">
+        <v>584</v>
+      </c>
+      <c r="B584">
+        <v>112.35</v>
+      </c>
+    </row>
+    <row r="585" spans="1:26">
+      <c r="A585" t="s">
+        <v>585</v>
+      </c>
+      <c r="B585">
+        <v>112.36</v>
+      </c>
+    </row>
+    <row r="586" spans="1:26">
+      <c r="A586" t="s">
+        <v>586</v>
+      </c>
+      <c r="B586">
+        <v>112.34</v>
+      </c>
+    </row>
+    <row r="587" spans="1:26">
+      <c r="A587" t="s">
+        <v>587</v>
+      </c>
+      <c r="B587">
+        <v>112.32</v>
+      </c>
+    </row>
+    <row r="588" spans="1:26">
+      <c r="A588" t="s">
+        <v>588</v>
+      </c>
+      <c r="B588">
+        <v>112.27</v>
+      </c>
+    </row>
+    <row r="589" spans="1:26">
+      <c r="A589" t="s">
+        <v>589</v>
+      </c>
+      <c r="B589">
+        <v>112.28</v>
+      </c>
+    </row>
+    <row r="590" spans="1:26">
+      <c r="A590" t="s">
+        <v>590</v>
+      </c>
+      <c r="B590">
+        <v>112.32</v>
+      </c>
+    </row>
+    <row r="591" spans="1:26">
+      <c r="A591" t="s">
+        <v>591</v>
+      </c>
+      <c r="B591">
+        <v>112.39</v>
+      </c>
+    </row>
+    <row r="592" spans="1:26">
+      <c r="A592" t="s">
+        <v>592</v>
+      </c>
+      <c r="B592">
+        <v>112.36</v>
+      </c>
+    </row>
+    <row r="593" spans="1:26">
+      <c r="A593" t="s">
+        <v>593</v>
+      </c>
+      <c r="B593">
+        <v>112.37</v>
+      </c>
+    </row>
+    <row r="594" spans="1:26">
+      <c r="A594" t="s">
+        <v>594</v>
+      </c>
+      <c r="B594">
+        <v>112.42</v>
+      </c>
+    </row>
+    <row r="595" spans="1:26">
+      <c r="A595" t="s">
+        <v>595</v>
+      </c>
+      <c r="B595">
+        <v>112.46</v>
+      </c>
+    </row>
+    <row r="596" spans="1:26">
+      <c r="A596" t="s">
+        <v>596</v>
+      </c>
+      <c r="B596">
+        <v>112.51</v>
+      </c>
+    </row>
+    <row r="597" spans="1:26">
+      <c r="A597" t="s">
+        <v>597</v>
+      </c>
+      <c r="B597">
+        <v>112.5</v>
+      </c>
+    </row>
+    <row r="598" spans="1:26">
+      <c r="A598" t="s">
+        <v>598</v>
+      </c>
+      <c r="B598">
+        <v>112.44</v>
+      </c>
+    </row>
+    <row r="599" spans="1:26">
+      <c r="A599" t="s">
+        <v>599</v>
+      </c>
+      <c r="B599">
+        <v>112.49</v>
+      </c>
+    </row>
+    <row r="600" spans="1:26">
+      <c r="A600" t="s">
+        <v>600</v>
+      </c>
+      <c r="B600">
+        <v>112.56</v>
+      </c>
+    </row>
+    <row r="601" spans="1:26">
+      <c r="A601" t="s">
+        <v>601</v>
+      </c>
+      <c r="B601">
+        <v>112.68</v>
+      </c>
+    </row>
+    <row r="602" spans="1:26">
+      <c r="A602" t="s">
+        <v>602</v>
+      </c>
+      <c r="B602">
+        <v>112.66</v>
+      </c>
+    </row>
+    <row r="603" spans="1:26">
+      <c r="A603" t="s">
+        <v>603</v>
+      </c>
+      <c r="B603">
+        <v>112.64</v>
+      </c>
+    </row>
+    <row r="604" spans="1:26">
+      <c r="A604" t="s">
+        <v>604</v>
+      </c>
+      <c r="B604">
+        <v>112.7</v>
+      </c>
+    </row>
+    <row r="605" spans="1:26">
+      <c r="A605" t="s">
+        <v>605</v>
+      </c>
+      <c r="B605">
+        <v>112.68</v>
+      </c>
+    </row>
+    <row r="606" spans="1:26">
+      <c r="A606" t="s">
+        <v>606</v>
+      </c>
+      <c r="B606">
+        <v>112.75</v>
+      </c>
+    </row>
+    <row r="607" spans="1:26">
+      <c r="A607" t="s">
+        <v>607</v>
+      </c>
+      <c r="B607">
+        <v>112.73</v>
+      </c>
+    </row>
+    <row r="608" spans="1:26">
+      <c r="A608" t="s">
+        <v>608</v>
+      </c>
+      <c r="B608">
+        <v>112.73</v>
+      </c>
+    </row>
+    <row r="609" spans="1:26">
+      <c r="A609" t="s">
+        <v>609</v>
+      </c>
+      <c r="B609">
+        <v>112.7</v>
+      </c>
+    </row>
+    <row r="610" spans="1:26">
+      <c r="A610" t="s">
+        <v>610</v>
+      </c>
+      <c r="B610">
+        <v>112.7</v>
+      </c>
+    </row>
+    <row r="611" spans="1:26">
+      <c r="A611" t="s">
+        <v>611</v>
+      </c>
+      <c r="B611">
+        <v>112.84</v>
+      </c>
+    </row>
+    <row r="612" spans="1:26">
+      <c r="A612" t="s">
+        <v>612</v>
+      </c>
+      <c r="B612">
+        <v>112.84</v>
+      </c>
+    </row>
+    <row r="613" spans="1:26">
+      <c r="A613" t="s">
+        <v>613</v>
+      </c>
+      <c r="B613">
+        <v>112.88</v>
+      </c>
+    </row>
+    <row r="614" spans="1:26">
+      <c r="A614" t="s">
+        <v>614</v>
+      </c>
+      <c r="B614">
+        <v>112.88</v>
+      </c>
+    </row>
+    <row r="615" spans="1:26">
+      <c r="A615" t="s">
+        <v>615</v>
+      </c>
+      <c r="B615">
+        <v>112.89</v>
+      </c>
+    </row>
+    <row r="616" spans="1:26">
+      <c r="A616" t="s">
+        <v>616</v>
+      </c>
+      <c r="B616">
+        <v>112.97</v>
+      </c>
+    </row>
+    <row r="617" spans="1:26">
+      <c r="A617" t="s">
+        <v>617</v>
+      </c>
+      <c r="B617">
+        <v>113.08</v>
+      </c>
+    </row>
+    <row r="618" spans="1:26">
+      <c r="A618" t="s">
+        <v>618</v>
+      </c>
+      <c r="B618">
+        <v>112.84</v>
+      </c>
+    </row>
+    <row r="619" spans="1:26">
+      <c r="A619" t="s">
+        <v>619</v>
+      </c>
+      <c r="B619">
+        <v>112.64</v>
+      </c>
+    </row>
+    <row r="620" spans="1:26">
+      <c r="A620" t="s">
+        <v>620</v>
+      </c>
+      <c r="B620">
+        <v>112.82</v>
+      </c>
+    </row>
+    <row r="621" spans="1:26">
+      <c r="A621" t="s">
+        <v>621</v>
+      </c>
+      <c r="B621">
+        <v>112.71</v>
+      </c>
+    </row>
+    <row r="622" spans="1:26">
+      <c r="A622" t="s">
+        <v>622</v>
+      </c>
+      <c r="B622">
+        <v>112.46</v>
+      </c>
+    </row>
+    <row r="623" spans="1:26">
+      <c r="A623" t="s">
+        <v>623</v>
+      </c>
+      <c r="B623">
+        <v>112.13</v>
+      </c>
+    </row>
+    <row r="624" spans="1:26">
+      <c r="A624" t="s">
+        <v>624</v>
+      </c>
+      <c r="B624">
+        <v>112.47</v>
+      </c>
+    </row>
+    <row r="625" spans="1:26">
+      <c r="A625" t="s">
+        <v>625</v>
+      </c>
+      <c r="B625">
+        <v>112.22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historique Vls Keren 2029</vt:lpstr>
+      <vt:lpstr>Historique Vls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keren Finance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Historique Vls Keren 2029</dc:title>
   <dc:description/>
   <dc:subject>Keren 2029</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>