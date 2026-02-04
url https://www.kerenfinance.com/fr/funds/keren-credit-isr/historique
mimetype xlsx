--- v0 (2025-10-31)
+++ v1 (2026-02-04)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historique Vls Keren Crédit ISR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1251">
   <si>
     <t>Keren Crédit ISR</t>
   </si>
   <si>
+    <t>ISIN</t>
+  </si>
+  <si>
     <t>C</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>EB</t>
   </si>
   <si>
-    <t>ISIN</t>
-[...1 lines deleted...]
-  <si>
     <t>FR0014000W38</t>
   </si>
   <si>
     <t>FR0014000W46</t>
   </si>
   <si>
     <t>FR0014000W53</t>
   </si>
   <si>
     <t>2021-02-16</t>
   </si>
   <si>
     <t>2021-02-17</t>
   </si>
   <si>
     <t>2021-02-18</t>
   </si>
   <si>
     <t>2021-02-19</t>
   </si>
   <si>
     <t>2021-02-22</t>
   </si>
   <si>
     <t>2021-02-23</t>
@@ -1247,53 +1247,50 @@
   <si>
     <t>2022-09-09</t>
   </si>
   <si>
     <t>2022-09-12</t>
   </si>
   <si>
     <t>2022-09-13</t>
   </si>
   <si>
     <t>2022-09-14</t>
   </si>
   <si>
     <t>2022-09-15</t>
   </si>
   <si>
     <t>2022-09-16</t>
   </si>
   <si>
     <t>2022-09-19</t>
   </si>
   <si>
     <t>2022-09-20</t>
   </si>
   <si>
-    <t>2022-09-21</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-09-22</t>
   </si>
   <si>
     <t>2022-09-23</t>
   </si>
   <si>
     <t>2022-09-26</t>
   </si>
   <si>
     <t>2022-09-27</t>
   </si>
   <si>
     <t>2022-09-28</t>
   </si>
   <si>
     <t>2022-09-29</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>2022-10-03</t>
   </si>
   <si>
     <t>2022-10-04</t>
@@ -3203,137 +3200,104 @@
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>2025-04-22</t>
   </si>
   <si>
     <t>2025-04-23</t>
   </si>
   <si>
     <t>2025-04-24</t>
   </si>
   <si>
     <t>2025-04-25</t>
   </si>
   <si>
     <t>2025-04-28</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>2025-04-30</t>
   </si>
   <si>
-    <t>2025-05-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-02</t>
   </si>
   <si>
-    <t>2025-05-03</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>2025-05-06</t>
   </si>
   <si>
     <t>2025-05-07</t>
   </si>
   <si>
-    <t>2025-05-08</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-09</t>
   </si>
   <si>
-    <t>2025-05-10</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-05-12</t>
   </si>
   <si>
     <t>2025-05-13</t>
   </si>
   <si>
     <t>2025-05-14</t>
   </si>
   <si>
     <t>2025-05-15</t>
   </si>
   <si>
     <t>2025-05-16</t>
   </si>
   <si>
-    <t>2025-05-17</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-05-19</t>
   </si>
   <si>
     <t>2025-05-20</t>
   </si>
   <si>
     <t>2025-05-21</t>
   </si>
   <si>
     <t>2025-05-22</t>
   </si>
   <si>
     <t>2025-05-23</t>
   </si>
   <si>
-    <t>2025-05-24</t>
-[...4 lines deleted...]
-  <si>
     <t>2025-05-26</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
-    <t>2025-05-29</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>2025-06-02</t>
   </si>
   <si>
     <t>2025-06-03</t>
   </si>
   <si>
     <t>2025-06-04</t>
   </si>
   <si>
     <t>2025-06-05</t>
   </si>
   <si>
     <t>2025-06-06</t>
   </si>
   <si>
     <t>2025-06-10</t>
   </si>
   <si>
     <t>2025-06-11</t>
   </si>
   <si>
     <t>2025-06-12</t>
@@ -3609,89 +3573,282 @@
     <t>2025-10-20</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
     <t>2025-10-23</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>2025-10-27</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3951,16800 +4108,17529 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1194"/>
+  <dimension ref="A1:Z1246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="A3" t="s">
         <v>1</v>
-      </c>
-[...9 lines deleted...]
-        <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:4">
+    <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C4">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="D4">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C5">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="D5">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6">
         <v>99.99</v>
       </c>
       <c r="C6">
         <v>99.99</v>
       </c>
       <c r="D6">
         <v>99.99</v>
       </c>
     </row>
-    <row r="7" spans="1:4">
+    <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7">
         <v>99.97</v>
       </c>
       <c r="C7">
         <v>99.97</v>
       </c>
       <c r="D7">
         <v>99.97</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8">
         <v>99.87</v>
       </c>
       <c r="C8">
         <v>99.88</v>
       </c>
       <c r="D8">
         <v>99.87</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9">
         <v>99.75</v>
       </c>
       <c r="C9">
         <v>99.75</v>
       </c>
       <c r="D9">
         <v>99.75</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10">
         <v>99.78</v>
       </c>
       <c r="C10">
         <v>99.78</v>
       </c>
       <c r="D10">
         <v>99.77</v>
       </c>
     </row>
-    <row r="11" spans="1:4">
+    <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>99.6</v>
       </c>
       <c r="C11">
         <v>99.6</v>
       </c>
       <c r="D11">
         <v>99.6</v>
       </c>
     </row>
-    <row r="12" spans="1:4">
+    <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12">
         <v>99.5</v>
       </c>
       <c r="C12">
         <v>99.5</v>
       </c>
       <c r="D12">
         <v>99.5</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13">
         <v>99.53</v>
       </c>
       <c r="C13">
         <v>99.55</v>
       </c>
       <c r="D13">
         <v>99.53</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14">
         <v>99.61</v>
       </c>
       <c r="C14">
         <v>99.64</v>
       </c>
       <c r="D14">
         <v>99.62</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15">
         <v>99.58</v>
       </c>
       <c r="C15">
         <v>99.62</v>
       </c>
       <c r="D15">
         <v>99.59</v>
       </c>
     </row>
-    <row r="16" spans="1:4">
+    <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16">
         <v>99.58</v>
       </c>
       <c r="C16">
         <v>99.61</v>
       </c>
       <c r="D16">
         <v>99.58</v>
       </c>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17">
         <v>99.55</v>
       </c>
       <c r="C17">
         <v>99.57</v>
       </c>
       <c r="D17">
         <v>99.55</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18">
         <v>99.43</v>
       </c>
       <c r="C18">
         <v>99.45</v>
       </c>
       <c r="D18">
         <v>99.43</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19">
         <v>99.4</v>
       </c>
       <c r="C19">
         <v>99.43</v>
       </c>
       <c r="D19">
         <v>99.4</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20">
         <v>99.41</v>
       </c>
       <c r="C20">
         <v>99.45</v>
       </c>
       <c r="D20">
         <v>99.42</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>25</v>
       </c>
       <c r="B21">
         <v>99.48</v>
       </c>
       <c r="C21">
         <v>99.52</v>
       </c>
       <c r="D21">
         <v>99.49</v>
       </c>
     </row>
-    <row r="22" spans="1:4">
+    <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>26</v>
       </c>
       <c r="B22">
         <v>99.51</v>
       </c>
       <c r="C22">
         <v>99.54</v>
       </c>
       <c r="D22">
         <v>99.51</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23">
         <v>99.41</v>
       </c>
       <c r="C23">
         <v>99.46</v>
       </c>
       <c r="D23">
         <v>99.42</v>
       </c>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24">
         <v>99.45</v>
       </c>
       <c r="C24">
         <v>99.49</v>
       </c>
       <c r="D24">
         <v>99.46</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25">
         <v>99.45</v>
       </c>
       <c r="C25">
         <v>99.5</v>
       </c>
       <c r="D25">
         <v>99.46</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26">
         <v>99.41</v>
       </c>
       <c r="C26">
         <v>99.47</v>
       </c>
       <c r="D26">
         <v>99.42</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>31</v>
       </c>
       <c r="B27">
         <v>99.36</v>
       </c>
       <c r="C27">
         <v>99.42</v>
       </c>
       <c r="D27">
         <v>99.37</v>
       </c>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28">
         <v>99.35</v>
       </c>
       <c r="C28">
         <v>99.42</v>
       </c>
       <c r="D28">
         <v>99.37</v>
       </c>
     </row>
-    <row r="29" spans="1:4">
+    <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>33</v>
       </c>
       <c r="B29">
         <v>99.35</v>
       </c>
       <c r="C29">
         <v>99.42</v>
       </c>
       <c r="D29">
         <v>99.37</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>34</v>
       </c>
       <c r="B30">
         <v>99.36</v>
       </c>
       <c r="C30">
         <v>99.42</v>
       </c>
       <c r="D30">
         <v>99.37</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>35</v>
       </c>
       <c r="B31">
         <v>99.4</v>
       </c>
       <c r="C31">
         <v>99.46</v>
       </c>
       <c r="D31">
         <v>99.41</v>
       </c>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>36</v>
       </c>
       <c r="B32">
         <v>99.38</v>
       </c>
       <c r="C32">
         <v>99.45</v>
       </c>
       <c r="D32">
         <v>99.4</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>37</v>
       </c>
       <c r="B33">
         <v>99.38</v>
       </c>
       <c r="C33">
         <v>99.46</v>
       </c>
       <c r="D33">
         <v>99.4</v>
       </c>
     </row>
-    <row r="34" spans="1:4">
+    <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>38</v>
       </c>
       <c r="B34">
         <v>99.4</v>
       </c>
       <c r="C34">
         <v>99.48</v>
       </c>
       <c r="D34">
         <v>99.42</v>
       </c>
     </row>
-    <row r="35" spans="1:4">
+    <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>39</v>
       </c>
       <c r="B35">
         <v>99.45</v>
       </c>
       <c r="C35">
         <v>99.53</v>
       </c>
       <c r="D35">
         <v>99.47</v>
       </c>
     </row>
-    <row r="36" spans="1:4">
+    <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36">
         <v>99.59</v>
       </c>
       <c r="C36">
         <v>99.68</v>
       </c>
       <c r="D36">
         <v>99.61</v>
       </c>
     </row>
-    <row r="37" spans="1:4">
+    <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>41</v>
       </c>
       <c r="B37">
         <v>99.69</v>
       </c>
       <c r="C37">
         <v>99.79</v>
       </c>
       <c r="D37">
         <v>99.72</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
+    <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>42</v>
       </c>
       <c r="B38">
         <v>99.74</v>
       </c>
       <c r="C38">
         <v>99.84</v>
       </c>
       <c r="D38">
         <v>99.77</v>
       </c>
     </row>
-    <row r="39" spans="1:4">
+    <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>43</v>
       </c>
       <c r="B39">
         <v>99.78</v>
       </c>
       <c r="C39">
         <v>99.88</v>
       </c>
       <c r="D39">
         <v>99.81</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>44</v>
       </c>
       <c r="B40">
         <v>99.8</v>
       </c>
       <c r="C40">
         <v>99.91</v>
       </c>
       <c r="D40">
         <v>99.83</v>
       </c>
     </row>
-    <row r="41" spans="1:4">
+    <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>45</v>
       </c>
       <c r="B41">
         <v>99.8</v>
       </c>
       <c r="C41">
         <v>99.92</v>
       </c>
       <c r="D41">
         <v>99.84</v>
       </c>
     </row>
-    <row r="42" spans="1:4">
+    <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>46</v>
       </c>
       <c r="B42">
         <v>99.79</v>
       </c>
       <c r="C42">
         <v>99.9</v>
       </c>
       <c r="D42">
         <v>99.82</v>
       </c>
     </row>
-    <row r="43" spans="1:4">
+    <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>47</v>
       </c>
       <c r="B43">
         <v>99.78</v>
       </c>
       <c r="C43">
         <v>99.88</v>
       </c>
       <c r="D43">
         <v>99.81</v>
       </c>
     </row>
-    <row r="44" spans="1:4">
+    <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>48</v>
       </c>
       <c r="B44">
         <v>99.84</v>
       </c>
       <c r="C44">
         <v>99.94</v>
       </c>
       <c r="D44">
         <v>99.87</v>
       </c>
     </row>
-    <row r="45" spans="1:4">
+    <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>49</v>
       </c>
       <c r="B45">
         <v>99.86</v>
       </c>
       <c r="C45">
         <v>99.95</v>
       </c>
       <c r="D45">
         <v>99.88</v>
       </c>
     </row>
-    <row r="46" spans="1:4">
+    <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46">
         <v>99.84</v>
       </c>
       <c r="C46">
         <v>99.93</v>
       </c>
       <c r="D46">
         <v>99.87</v>
       </c>
     </row>
-    <row r="47" spans="1:4">
+    <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>51</v>
       </c>
       <c r="B47">
         <v>99.86</v>
       </c>
       <c r="C47">
         <v>99.95</v>
       </c>
       <c r="D47">
         <v>99.89</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
+    <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>52</v>
       </c>
       <c r="B48">
         <v>99.85</v>
       </c>
       <c r="C48">
         <v>99.93</v>
       </c>
       <c r="D48">
         <v>99.87</v>
       </c>
     </row>
-    <row r="49" spans="1:4">
+    <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>53</v>
       </c>
       <c r="B49">
         <v>99.84</v>
       </c>
       <c r="C49">
         <v>99.93</v>
       </c>
       <c r="D49">
         <v>99.87</v>
       </c>
     </row>
-    <row r="50" spans="1:4">
+    <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>54</v>
       </c>
       <c r="B50">
         <v>99.86</v>
       </c>
       <c r="C50">
         <v>99.94</v>
       </c>
       <c r="D50">
         <v>99.88</v>
       </c>
     </row>
-    <row r="51" spans="1:4">
+    <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>55</v>
       </c>
       <c r="B51">
         <v>99.9</v>
       </c>
       <c r="C51">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="D51">
         <v>99.93</v>
       </c>
     </row>
-    <row r="52" spans="1:4">
+    <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>56</v>
       </c>
       <c r="B52">
         <v>99.91</v>
       </c>
       <c r="C52">
         <v>100.02</v>
       </c>
       <c r="D52">
         <v>99.95</v>
       </c>
     </row>
-    <row r="53" spans="1:4">
+    <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>57</v>
       </c>
       <c r="B53">
         <v>99.91</v>
       </c>
       <c r="C53">
         <v>100.01</v>
       </c>
       <c r="D53">
         <v>99.94</v>
       </c>
     </row>
-    <row r="54" spans="1:4">
+    <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>58</v>
       </c>
       <c r="B54">
         <v>99.91</v>
       </c>
       <c r="C54">
         <v>100.01</v>
       </c>
       <c r="D54">
         <v>99.94</v>
       </c>
     </row>
-    <row r="55" spans="1:4">
+    <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>59</v>
       </c>
       <c r="B55">
         <v>99.96</v>
       </c>
       <c r="C55">
         <v>100.06</v>
       </c>
       <c r="D55">
         <v>99.98</v>
       </c>
     </row>
-    <row r="56" spans="1:4">
+    <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>60</v>
       </c>
       <c r="B56">
         <v>99.94</v>
       </c>
       <c r="C56">
         <v>100.04</v>
       </c>
       <c r="D56">
         <v>99.97</v>
       </c>
     </row>
-    <row r="57" spans="1:4">
+    <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>61</v>
       </c>
       <c r="B57">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C57">
         <v>100.1</v>
       </c>
       <c r="D57">
         <v>100.03</v>
       </c>
     </row>
-    <row r="58" spans="1:4">
+    <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>62</v>
       </c>
       <c r="B58">
         <v>99.98</v>
       </c>
       <c r="C58">
         <v>100.08</v>
       </c>
       <c r="D58">
         <v>100.01</v>
       </c>
     </row>
-    <row r="59" spans="1:4">
+    <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>63</v>
       </c>
       <c r="B59">
         <v>99.95</v>
       </c>
       <c r="C59">
         <v>100.06</v>
       </c>
       <c r="D59">
         <v>99.98</v>
       </c>
     </row>
-    <row r="60" spans="1:4">
+    <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>64</v>
       </c>
       <c r="B60">
         <v>99.95</v>
       </c>
       <c r="C60">
         <v>100.04</v>
       </c>
       <c r="D60">
         <v>99.97</v>
       </c>
     </row>
-    <row r="61" spans="1:4">
+    <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>65</v>
       </c>
       <c r="B61">
         <v>99.96</v>
       </c>
       <c r="C61">
         <v>100.06</v>
       </c>
       <c r="D61">
         <v>99.99</v>
       </c>
     </row>
-    <row r="62" spans="1:4">
+    <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>66</v>
       </c>
       <c r="B62">
         <v>99.91</v>
       </c>
       <c r="C62">
         <v>100.01</v>
       </c>
       <c r="D62">
         <v>99.94</v>
       </c>
     </row>
-    <row r="63" spans="1:4">
+    <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>67</v>
       </c>
       <c r="B63">
         <v>99.85</v>
       </c>
       <c r="C63">
         <v>99.95</v>
       </c>
       <c r="D63">
         <v>99.88</v>
       </c>
     </row>
-    <row r="64" spans="1:4">
+    <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>68</v>
       </c>
       <c r="B64">
         <v>99.81</v>
       </c>
       <c r="C64">
         <v>99.92</v>
       </c>
       <c r="D64">
         <v>99.84</v>
       </c>
     </row>
-    <row r="65" spans="1:4">
+    <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>69</v>
       </c>
       <c r="B65">
         <v>99.81</v>
       </c>
       <c r="C65">
         <v>99.93</v>
       </c>
       <c r="D65">
         <v>99.85</v>
       </c>
     </row>
-    <row r="66" spans="1:4">
+    <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>70</v>
       </c>
       <c r="B66">
         <v>99.76</v>
       </c>
       <c r="C66">
         <v>99.88</v>
       </c>
       <c r="D66">
         <v>99.81</v>
       </c>
     </row>
-    <row r="67" spans="1:4">
+    <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>71</v>
       </c>
       <c r="B67">
         <v>99.73</v>
       </c>
       <c r="C67">
         <v>99.85</v>
       </c>
       <c r="D67">
         <v>99.77</v>
       </c>
     </row>
-    <row r="68" spans="1:4">
+    <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>72</v>
       </c>
       <c r="B68">
         <v>99.66</v>
       </c>
       <c r="C68">
         <v>99.77</v>
       </c>
       <c r="D68">
         <v>99.69</v>
       </c>
     </row>
-    <row r="69" spans="1:4">
+    <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>73</v>
       </c>
       <c r="B69">
         <v>99.67</v>
       </c>
       <c r="C69">
         <v>99.79</v>
       </c>
       <c r="D69">
         <v>99.71</v>
       </c>
     </row>
-    <row r="70" spans="1:4">
+    <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>74</v>
       </c>
       <c r="B70">
         <v>99.76</v>
       </c>
       <c r="C70">
         <v>99.85</v>
       </c>
       <c r="D70">
         <v>99.79</v>
       </c>
     </row>
-    <row r="71" spans="1:4">
+    <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>75</v>
       </c>
       <c r="B71">
         <v>99.78</v>
       </c>
       <c r="C71">
         <v>99.84</v>
       </c>
       <c r="D71">
         <v>99.81</v>
       </c>
     </row>
-    <row r="72" spans="1:4">
+    <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>76</v>
       </c>
       <c r="B72">
         <v>99.76</v>
       </c>
       <c r="C72">
         <v>99.84</v>
       </c>
       <c r="D72">
         <v>99.79</v>
       </c>
     </row>
-    <row r="73" spans="1:4">
+    <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>77</v>
       </c>
       <c r="B73">
         <v>99.79</v>
       </c>
       <c r="C73">
         <v>99.86</v>
       </c>
       <c r="D73">
         <v>99.82</v>
       </c>
     </row>
-    <row r="74" spans="1:4">
+    <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>78</v>
       </c>
       <c r="B74">
         <v>99.8</v>
       </c>
       <c r="C74">
         <v>99.88</v>
       </c>
       <c r="D74">
         <v>99.83</v>
       </c>
     </row>
-    <row r="75" spans="1:4">
+    <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>79</v>
       </c>
       <c r="B75">
         <v>99.83</v>
       </c>
       <c r="C75">
         <v>99.91</v>
       </c>
       <c r="D75">
         <v>99.86</v>
       </c>
     </row>
-    <row r="76" spans="1:4">
+    <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>80</v>
       </c>
       <c r="B76">
         <v>99.86</v>
       </c>
       <c r="C76">
         <v>99.93</v>
       </c>
       <c r="D76">
         <v>99.9</v>
       </c>
     </row>
-    <row r="77" spans="1:4">
+    <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>81</v>
       </c>
       <c r="B77">
         <v>99.86</v>
       </c>
       <c r="C77">
         <v>99.94</v>
       </c>
       <c r="D77">
         <v>99.9</v>
       </c>
     </row>
-    <row r="78" spans="1:4">
+    <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>82</v>
       </c>
       <c r="B78">
         <v>99.9</v>
       </c>
       <c r="C78">
         <v>99.96</v>
       </c>
       <c r="D78">
         <v>99.94</v>
       </c>
     </row>
-    <row r="79" spans="1:4">
+    <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>83</v>
       </c>
       <c r="B79">
         <v>99.89</v>
       </c>
       <c r="C79">
         <v>99.95</v>
       </c>
       <c r="D79">
         <v>99.93</v>
       </c>
     </row>
-    <row r="80" spans="1:4">
+    <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>84</v>
       </c>
       <c r="B80">
         <v>99.93</v>
       </c>
       <c r="C80">
         <v>99.98</v>
       </c>
       <c r="D80">
         <v>99.97</v>
       </c>
     </row>
-    <row r="81" spans="1:4">
+    <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>85</v>
       </c>
       <c r="B81">
         <v>99.96</v>
       </c>
       <c r="C81">
         <v>99.98</v>
       </c>
       <c r="D81">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>86</v>
       </c>
       <c r="B82">
         <v>100.02</v>
       </c>
       <c r="C82">
         <v>100.05</v>
       </c>
       <c r="D82">
         <v>100.06</v>
       </c>
     </row>
-    <row r="83" spans="1:4">
+    <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>87</v>
       </c>
       <c r="B83">
         <v>100.03</v>
       </c>
       <c r="C83">
         <v>100.05</v>
       </c>
       <c r="D83">
         <v>100.08</v>
       </c>
     </row>
-    <row r="84" spans="1:4">
+    <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>88</v>
       </c>
       <c r="B84">
         <v>100.04</v>
       </c>
       <c r="C84">
         <v>100.07</v>
       </c>
       <c r="D84">
         <v>100.09</v>
       </c>
     </row>
-    <row r="85" spans="1:4">
+    <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>89</v>
       </c>
       <c r="B85">
         <v>100.02</v>
       </c>
       <c r="C85">
         <v>100.06</v>
       </c>
       <c r="D85">
         <v>100.07</v>
       </c>
     </row>
-    <row r="86" spans="1:4">
+    <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>90</v>
       </c>
       <c r="B86">
         <v>100.03</v>
       </c>
       <c r="C86">
         <v>100.06</v>
       </c>
       <c r="D86">
         <v>100.08</v>
       </c>
     </row>
-    <row r="87" spans="1:4">
+    <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>91</v>
       </c>
       <c r="B87">
         <v>99.99</v>
       </c>
       <c r="C87">
         <v>100.03</v>
       </c>
       <c r="D87">
         <v>100.04</v>
       </c>
     </row>
-    <row r="88" spans="1:4">
+    <row r="88" spans="1:26">
       <c r="A88" t="s">
         <v>92</v>
       </c>
       <c r="B88">
         <v>100.02</v>
       </c>
       <c r="C88">
         <v>100.07</v>
       </c>
       <c r="D88">
         <v>100.07</v>
       </c>
     </row>
-    <row r="89" spans="1:4">
+    <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>93</v>
       </c>
       <c r="B89">
         <v>99.89</v>
       </c>
       <c r="C89">
         <v>99.94</v>
       </c>
       <c r="D89">
         <v>99.94</v>
       </c>
     </row>
-    <row r="90" spans="1:4">
+    <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>94</v>
       </c>
       <c r="B90">
         <v>99.86</v>
       </c>
       <c r="C90">
         <v>99.92</v>
       </c>
       <c r="D90">
         <v>99.92</v>
       </c>
     </row>
-    <row r="91" spans="1:4">
+    <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>95</v>
       </c>
       <c r="B91">
         <v>99.91</v>
       </c>
       <c r="C91">
         <v>99.96</v>
       </c>
       <c r="D91">
         <v>99.96</v>
       </c>
     </row>
-    <row r="92" spans="1:4">
+    <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>96</v>
       </c>
       <c r="B92">
         <v>99.92</v>
       </c>
       <c r="C92">
         <v>99.96</v>
       </c>
       <c r="D92">
         <v>99.97</v>
       </c>
     </row>
-    <row r="93" spans="1:4">
+    <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>97</v>
       </c>
       <c r="B93">
         <v>99.92</v>
       </c>
       <c r="C93">
         <v>99.99</v>
       </c>
       <c r="D93">
         <v>99.97</v>
       </c>
     </row>
-    <row r="94" spans="1:4">
+    <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>98</v>
       </c>
       <c r="B94">
         <v>99.94</v>
       </c>
       <c r="C94">
         <v>99.99</v>
       </c>
       <c r="D94">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>99</v>
       </c>
       <c r="B95">
         <v>99.89</v>
       </c>
       <c r="C95">
         <v>99.94</v>
       </c>
       <c r="D95">
         <v>99.95</v>
       </c>
     </row>
-    <row r="96" spans="1:4">
+    <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>100</v>
       </c>
       <c r="B96">
         <v>99.93</v>
       </c>
       <c r="C96">
         <v>99.96</v>
       </c>
       <c r="D96">
         <v>99.99</v>
       </c>
     </row>
-    <row r="97" spans="1:4">
+    <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>101</v>
       </c>
       <c r="B97">
         <v>99.93</v>
       </c>
       <c r="C97">
         <v>99.96</v>
       </c>
       <c r="D97">
         <v>99.99</v>
       </c>
     </row>
-    <row r="98" spans="1:4">
+    <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>102</v>
       </c>
       <c r="B98">
         <v>99.93</v>
       </c>
       <c r="C98">
         <v>99.96</v>
       </c>
       <c r="D98">
         <v>99.99</v>
       </c>
     </row>
-    <row r="99" spans="1:4">
+    <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>103</v>
       </c>
       <c r="B99">
         <v>99.94</v>
       </c>
       <c r="C99">
         <v>99.97</v>
       </c>
       <c r="D99">
         <v>100.01</v>
       </c>
     </row>
-    <row r="100" spans="1:4">
+    <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>104</v>
       </c>
       <c r="B100">
         <v>99.97</v>
       </c>
       <c r="C100">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="D100">
         <v>100.04</v>
       </c>
     </row>
-    <row r="101" spans="1:4">
+    <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>105</v>
       </c>
       <c r="B101">
         <v>99.99</v>
       </c>
       <c r="C101">
         <v>100.03</v>
       </c>
       <c r="D101">
         <v>100.06</v>
       </c>
     </row>
-    <row r="102" spans="1:4">
+    <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>106</v>
       </c>
       <c r="B102">
         <v>100.02</v>
       </c>
       <c r="C102">
         <v>100.05</v>
       </c>
       <c r="D102">
         <v>100.09</v>
       </c>
     </row>
-    <row r="103" spans="1:4">
+    <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>107</v>
       </c>
       <c r="B103">
         <v>100.03</v>
       </c>
       <c r="C103">
         <v>100.06</v>
       </c>
       <c r="D103">
         <v>100.1</v>
       </c>
     </row>
-    <row r="104" spans="1:4">
+    <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>108</v>
       </c>
       <c r="B104">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C104">
         <v>100.03</v>
       </c>
       <c r="D104">
         <v>100.07</v>
       </c>
     </row>
-    <row r="105" spans="1:4">
+    <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>109</v>
       </c>
       <c r="B105">
         <v>99.98</v>
       </c>
       <c r="C105">
         <v>100.01</v>
       </c>
       <c r="D105">
         <v>100.05</v>
       </c>
     </row>
-    <row r="106" spans="1:4">
+    <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>110</v>
       </c>
       <c r="B106">
         <v>100.02</v>
       </c>
       <c r="C106">
         <v>100.06</v>
       </c>
       <c r="D106">
         <v>100.1</v>
       </c>
     </row>
-    <row r="107" spans="1:4">
+    <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>111</v>
       </c>
       <c r="B107">
         <v>100.02</v>
       </c>
       <c r="C107">
         <v>100.06</v>
       </c>
       <c r="D107">
         <v>100.1</v>
       </c>
     </row>
-    <row r="108" spans="1:4">
+    <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>112</v>
       </c>
       <c r="B108">
         <v>99.99</v>
       </c>
       <c r="C108">
         <v>100.04</v>
       </c>
       <c r="D108">
         <v>100.08</v>
       </c>
     </row>
-    <row r="109" spans="1:4">
+    <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>113</v>
       </c>
       <c r="B109">
         <v>99.96</v>
       </c>
       <c r="C109">
         <v>100.01</v>
       </c>
       <c r="D109">
         <v>100.05</v>
       </c>
     </row>
-    <row r="110" spans="1:4">
+    <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>114</v>
       </c>
       <c r="B110">
         <v>99.98</v>
       </c>
       <c r="C110">
         <v>100.02</v>
       </c>
       <c r="D110">
         <v>100.07</v>
       </c>
     </row>
-    <row r="111" spans="1:4">
+    <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>115</v>
       </c>
       <c r="B111">
         <v>99.98</v>
       </c>
       <c r="C111">
         <v>100.02</v>
       </c>
       <c r="D111">
         <v>100.06</v>
       </c>
     </row>
-    <row r="112" spans="1:4">
+    <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>116</v>
       </c>
       <c r="B112">
         <v>99.99</v>
       </c>
       <c r="C112">
         <v>100.03</v>
       </c>
       <c r="D112">
         <v>100.08</v>
       </c>
     </row>
-    <row r="113" spans="1:4">
+    <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>117</v>
       </c>
       <c r="B113">
         <v>100.01</v>
       </c>
       <c r="C113">
         <v>100.05</v>
       </c>
       <c r="D113">
         <v>100.1</v>
       </c>
     </row>
-    <row r="114" spans="1:4">
+    <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>118</v>
       </c>
       <c r="B114">
         <v>100.03</v>
       </c>
       <c r="C114">
         <v>100.08</v>
       </c>
       <c r="D114">
         <v>100.12</v>
       </c>
     </row>
-    <row r="115" spans="1:4">
+    <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>119</v>
       </c>
       <c r="B115">
         <v>100.04</v>
       </c>
       <c r="C115">
         <v>100.08</v>
       </c>
       <c r="D115">
         <v>100.13</v>
       </c>
     </row>
-    <row r="116" spans="1:4">
+    <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>120</v>
       </c>
       <c r="B116">
         <v>100.04</v>
       </c>
       <c r="C116">
         <v>100.09</v>
       </c>
       <c r="D116">
         <v>100.13</v>
       </c>
     </row>
-    <row r="117" spans="1:4">
+    <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>121</v>
       </c>
       <c r="B117">
         <v>100.11</v>
       </c>
       <c r="C117">
         <v>100.16</v>
       </c>
       <c r="D117">
         <v>100.2</v>
       </c>
     </row>
-    <row r="118" spans="1:4">
+    <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>122</v>
       </c>
       <c r="B118">
         <v>100.1</v>
       </c>
       <c r="C118">
         <v>100.15</v>
       </c>
       <c r="D118">
         <v>100.2</v>
       </c>
     </row>
-    <row r="119" spans="1:4">
+    <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>123</v>
       </c>
       <c r="B119">
         <v>100.08</v>
       </c>
       <c r="C119">
         <v>100.13</v>
       </c>
       <c r="D119">
         <v>100.18</v>
       </c>
     </row>
-    <row r="120" spans="1:4">
+    <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>124</v>
       </c>
       <c r="B120">
         <v>100.15</v>
       </c>
       <c r="C120">
         <v>100.2</v>
       </c>
       <c r="D120">
         <v>100.25</v>
       </c>
     </row>
-    <row r="121" spans="1:4">
+    <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>125</v>
       </c>
       <c r="B121">
         <v>100.06</v>
       </c>
       <c r="C121">
         <v>100.12</v>
       </c>
       <c r="D121">
         <v>100.17</v>
       </c>
     </row>
-    <row r="122" spans="1:4">
+    <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>126</v>
       </c>
       <c r="B122">
         <v>100.11</v>
       </c>
       <c r="C122">
         <v>100.17</v>
       </c>
       <c r="D122">
         <v>100.22</v>
       </c>
     </row>
-    <row r="123" spans="1:4">
+    <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>127</v>
       </c>
       <c r="B123">
         <v>100.1</v>
       </c>
       <c r="C123">
         <v>100.16</v>
       </c>
       <c r="D123">
         <v>100.21</v>
       </c>
     </row>
-    <row r="124" spans="1:4">
+    <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>128</v>
       </c>
       <c r="B124">
         <v>100.04</v>
       </c>
       <c r="C124">
         <v>100.1</v>
       </c>
       <c r="D124">
         <v>100.16</v>
       </c>
     </row>
-    <row r="125" spans="1:4">
+    <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>129</v>
       </c>
       <c r="B125">
         <v>100.05</v>
       </c>
       <c r="C125">
         <v>100.12</v>
       </c>
       <c r="D125">
         <v>100.17</v>
       </c>
     </row>
-    <row r="126" spans="1:4">
+    <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>130</v>
       </c>
       <c r="B126">
         <v>100.02</v>
       </c>
       <c r="C126">
         <v>100.09</v>
       </c>
       <c r="D126">
         <v>100.14</v>
       </c>
     </row>
-    <row r="127" spans="1:4">
+    <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>131</v>
       </c>
       <c r="B127">
         <v>100.02</v>
       </c>
       <c r="C127">
         <v>100.09</v>
       </c>
       <c r="D127">
         <v>100.14</v>
       </c>
     </row>
-    <row r="128" spans="1:4">
+    <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>132</v>
       </c>
       <c r="B128">
         <v>100.01</v>
       </c>
       <c r="C128">
         <v>100.08</v>
       </c>
       <c r="D128">
         <v>100.14</v>
       </c>
     </row>
-    <row r="129" spans="1:4">
+    <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>133</v>
       </c>
       <c r="B129">
         <v>100.01</v>
       </c>
       <c r="C129">
         <v>100.09</v>
       </c>
       <c r="D129">
         <v>100.14</v>
       </c>
     </row>
-    <row r="130" spans="1:4">
+    <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>134</v>
       </c>
       <c r="B130">
         <v>100.02</v>
       </c>
       <c r="C130">
         <v>100.1</v>
       </c>
       <c r="D130">
         <v>100.15</v>
       </c>
     </row>
-    <row r="131" spans="1:4">
+    <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>135</v>
       </c>
       <c r="B131">
         <v>100.03</v>
       </c>
       <c r="C131">
         <v>100.11</v>
       </c>
       <c r="D131">
         <v>100.16</v>
       </c>
     </row>
-    <row r="132" spans="1:4">
+    <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>136</v>
       </c>
       <c r="B132">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C132">
         <v>100.08</v>
       </c>
       <c r="D132">
         <v>100.14</v>
       </c>
     </row>
-    <row r="133" spans="1:4">
+    <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>137</v>
       </c>
       <c r="B133">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C133">
         <v>100.09</v>
       </c>
       <c r="D133">
         <v>100.14</v>
       </c>
     </row>
-    <row r="134" spans="1:4">
+    <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>138</v>
       </c>
       <c r="B134">
         <v>100.01</v>
       </c>
       <c r="C134">
         <v>100.1</v>
       </c>
       <c r="D134">
         <v>100.15</v>
       </c>
     </row>
-    <row r="135" spans="1:4">
+    <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>139</v>
       </c>
       <c r="B135">
         <v>100.05</v>
       </c>
       <c r="C135">
         <v>100.15</v>
       </c>
       <c r="D135">
         <v>100.21</v>
       </c>
     </row>
-    <row r="136" spans="1:4">
+    <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>140</v>
       </c>
       <c r="B136">
         <v>100.03</v>
       </c>
       <c r="C136">
         <v>100.13</v>
       </c>
       <c r="D136">
         <v>100.19</v>
       </c>
     </row>
-    <row r="137" spans="1:4">
+    <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>141</v>
       </c>
       <c r="B137">
         <v>100.04</v>
       </c>
       <c r="C137">
         <v>100.15</v>
       </c>
       <c r="D137">
         <v>100.21</v>
       </c>
     </row>
-    <row r="138" spans="1:4">
+    <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>142</v>
       </c>
       <c r="B138">
         <v>99.99</v>
       </c>
       <c r="C138">
         <v>100.09</v>
       </c>
       <c r="D138">
         <v>100.15</v>
       </c>
     </row>
-    <row r="139" spans="1:4">
+    <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>143</v>
       </c>
       <c r="B139">
         <v>100.02</v>
       </c>
       <c r="C139">
         <v>100.16</v>
       </c>
       <c r="D139">
         <v>100.22</v>
       </c>
     </row>
-    <row r="140" spans="1:4">
+    <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>144</v>
       </c>
       <c r="B140">
         <v>100.01</v>
       </c>
       <c r="C140">
         <v>100.17</v>
       </c>
       <c r="D140">
         <v>100.23</v>
       </c>
     </row>
-    <row r="141" spans="1:4">
+    <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>145</v>
       </c>
       <c r="B141">
         <v>100.01</v>
       </c>
       <c r="C141">
         <v>100.15</v>
       </c>
       <c r="D141">
         <v>100.21</v>
       </c>
     </row>
-    <row r="142" spans="1:4">
+    <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>146</v>
       </c>
       <c r="B142">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C142">
         <v>100.16</v>
       </c>
       <c r="D142">
         <v>100.22</v>
       </c>
     </row>
-    <row r="143" spans="1:4">
+    <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>147</v>
       </c>
       <c r="B143">
         <v>99.99</v>
       </c>
       <c r="C143">
         <v>100.15</v>
       </c>
       <c r="D143">
         <v>100.21</v>
       </c>
     </row>
-    <row r="144" spans="1:4">
+    <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>148</v>
       </c>
       <c r="B144">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C144">
         <v>100.21</v>
       </c>
       <c r="D144">
         <v>100.27</v>
       </c>
     </row>
-    <row r="145" spans="1:4">
+    <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>149</v>
       </c>
       <c r="B145">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C145">
         <v>100.2</v>
       </c>
       <c r="D145">
         <v>100.27</v>
       </c>
     </row>
-    <row r="146" spans="1:4">
+    <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>150</v>
       </c>
       <c r="B146">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C146">
         <v>100.17</v>
       </c>
       <c r="D146">
         <v>100.24</v>
       </c>
     </row>
-    <row r="147" spans="1:4">
+    <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>151</v>
       </c>
       <c r="B147">
-        <v>100</v>
+        <v>100.0</v>
       </c>
       <c r="C147">
         <v>100.19</v>
       </c>
       <c r="D147">
         <v>100.26</v>
       </c>
     </row>
-    <row r="148" spans="1:4">
+    <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>152</v>
       </c>
       <c r="B148">
         <v>100.02</v>
       </c>
       <c r="C148">
         <v>100.22</v>
       </c>
       <c r="D148">
         <v>100.28</v>
       </c>
     </row>
-    <row r="149" spans="1:4">
+    <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>153</v>
       </c>
       <c r="B149">
         <v>100.04</v>
       </c>
       <c r="C149">
         <v>100.24</v>
       </c>
       <c r="D149">
         <v>100.3</v>
       </c>
     </row>
-    <row r="150" spans="1:4">
+    <row r="150" spans="1:26">
       <c r="A150" t="s">
         <v>154</v>
       </c>
       <c r="B150">
         <v>100.07</v>
       </c>
       <c r="C150">
         <v>100.29</v>
       </c>
       <c r="D150">
         <v>100.36</v>
       </c>
     </row>
-    <row r="151" spans="1:4">
+    <row r="151" spans="1:26">
       <c r="A151" t="s">
         <v>155</v>
       </c>
       <c r="B151">
         <v>100.11</v>
       </c>
       <c r="C151">
         <v>100.35</v>
       </c>
       <c r="D151">
         <v>100.41</v>
       </c>
     </row>
-    <row r="152" spans="1:4">
+    <row r="152" spans="1:26">
       <c r="A152" t="s">
         <v>156</v>
       </c>
       <c r="B152">
         <v>100.12</v>
       </c>
       <c r="C152">
         <v>100.38</v>
       </c>
       <c r="D152">
         <v>100.43</v>
       </c>
     </row>
-    <row r="153" spans="1:4">
+    <row r="153" spans="1:26">
       <c r="A153" t="s">
         <v>157</v>
       </c>
       <c r="B153">
         <v>100.14</v>
       </c>
       <c r="C153">
         <v>100.39</v>
       </c>
       <c r="D153">
         <v>100.46</v>
       </c>
     </row>
-    <row r="154" spans="1:4">
+    <row r="154" spans="1:26">
       <c r="A154" t="s">
         <v>158</v>
       </c>
       <c r="B154">
         <v>100.11</v>
       </c>
       <c r="C154">
         <v>100.34</v>
       </c>
       <c r="D154">
         <v>100.41</v>
       </c>
     </row>
-    <row r="155" spans="1:4">
+    <row r="155" spans="1:26">
       <c r="A155" t="s">
         <v>159</v>
       </c>
       <c r="B155">
         <v>100.09</v>
       </c>
       <c r="C155">
         <v>100.33</v>
       </c>
       <c r="D155">
         <v>100.4</v>
       </c>
     </row>
-    <row r="156" spans="1:4">
+    <row r="156" spans="1:26">
       <c r="A156" t="s">
         <v>160</v>
       </c>
       <c r="B156">
         <v>100.02</v>
       </c>
       <c r="C156">
         <v>100.3</v>
       </c>
       <c r="D156">
         <v>100.34</v>
       </c>
     </row>
-    <row r="157" spans="1:4">
+    <row r="157" spans="1:26">
       <c r="A157" t="s">
         <v>161</v>
       </c>
       <c r="B157">
         <v>99.97</v>
       </c>
       <c r="C157">
         <v>100.27</v>
       </c>
       <c r="D157">
         <v>100.3</v>
       </c>
     </row>
-    <row r="158" spans="1:4">
+    <row r="158" spans="1:26">
       <c r="A158" t="s">
         <v>162</v>
       </c>
       <c r="B158">
         <v>99.94</v>
       </c>
       <c r="C158">
         <v>100.24</v>
       </c>
       <c r="D158">
         <v>100.27</v>
       </c>
     </row>
-    <row r="159" spans="1:4">
+    <row r="159" spans="1:26">
       <c r="A159" t="s">
         <v>163</v>
       </c>
       <c r="B159">
         <v>99.9</v>
       </c>
       <c r="C159">
         <v>100.21</v>
       </c>
       <c r="D159">
         <v>100.23</v>
       </c>
     </row>
-    <row r="160" spans="1:4">
+    <row r="160" spans="1:26">
       <c r="A160" t="s">
         <v>164</v>
       </c>
       <c r="B160">
         <v>99.88</v>
       </c>
       <c r="C160">
         <v>100.17</v>
       </c>
       <c r="D160">
         <v>100.21</v>
       </c>
     </row>
-    <row r="161" spans="1:4">
+    <row r="161" spans="1:26">
       <c r="A161" t="s">
         <v>165</v>
       </c>
       <c r="B161">
         <v>99.88</v>
       </c>
       <c r="C161">
         <v>100.19</v>
       </c>
       <c r="D161">
         <v>100.21</v>
       </c>
     </row>
-    <row r="162" spans="1:4">
+    <row r="162" spans="1:26">
       <c r="A162" t="s">
         <v>166</v>
       </c>
       <c r="B162">
         <v>99.88</v>
       </c>
       <c r="C162">
         <v>100.16</v>
       </c>
       <c r="D162">
         <v>100.21</v>
       </c>
     </row>
-    <row r="163" spans="1:4">
+    <row r="163" spans="1:26">
       <c r="A163" t="s">
         <v>167</v>
       </c>
       <c r="B163">
         <v>99.83</v>
       </c>
       <c r="C163">
         <v>100.12</v>
       </c>
       <c r="D163">
         <v>100.17</v>
       </c>
     </row>
-    <row r="164" spans="1:4">
+    <row r="164" spans="1:26">
       <c r="A164" t="s">
         <v>168</v>
       </c>
       <c r="B164">
         <v>99.77</v>
       </c>
       <c r="C164">
         <v>100.07</v>
       </c>
       <c r="D164">
         <v>100.1</v>
       </c>
     </row>
-    <row r="165" spans="1:4">
+    <row r="165" spans="1:26">
       <c r="A165" t="s">
         <v>169</v>
       </c>
       <c r="B165">
         <v>99.69</v>
       </c>
       <c r="C165">
         <v>99.99</v>
       </c>
       <c r="D165">
         <v>100.03</v>
       </c>
     </row>
-    <row r="166" spans="1:4">
+    <row r="166" spans="1:26">
       <c r="A166" t="s">
         <v>170</v>
       </c>
       <c r="B166">
         <v>99.7</v>
       </c>
       <c r="C166">
         <v>99.99</v>
       </c>
       <c r="D166">
         <v>100.04</v>
       </c>
     </row>
-    <row r="167" spans="1:4">
+    <row r="167" spans="1:26">
       <c r="A167" t="s">
         <v>171</v>
       </c>
       <c r="B167">
         <v>99.66</v>
       </c>
       <c r="C167">
         <v>99.97</v>
       </c>
       <c r="D167">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:26">
       <c r="A168" t="s">
         <v>172</v>
       </c>
       <c r="B168">
         <v>99.52</v>
       </c>
       <c r="C168">
         <v>99.84</v>
       </c>
       <c r="D168">
         <v>99.86</v>
       </c>
     </row>
-    <row r="169" spans="1:4">
+    <row r="169" spans="1:26">
       <c r="A169" t="s">
         <v>173</v>
       </c>
       <c r="B169">
         <v>99.32</v>
       </c>
       <c r="C169">
         <v>99.64</v>
       </c>
       <c r="D169">
         <v>99.67</v>
       </c>
     </row>
-    <row r="170" spans="1:4">
+    <row r="170" spans="1:26">
       <c r="A170" t="s">
         <v>174</v>
       </c>
       <c r="B170">
         <v>99.35</v>
       </c>
       <c r="C170">
         <v>99.66</v>
       </c>
       <c r="D170">
         <v>99.7</v>
       </c>
     </row>
-    <row r="171" spans="1:4">
+    <row r="171" spans="1:26">
       <c r="A171" t="s">
         <v>175</v>
       </c>
       <c r="B171">
         <v>99.55</v>
       </c>
       <c r="C171">
         <v>99.85</v>
       </c>
       <c r="D171">
         <v>99.9</v>
       </c>
     </row>
-    <row r="172" spans="1:4">
+    <row r="172" spans="1:26">
       <c r="A172" t="s">
         <v>176</v>
       </c>
       <c r="B172">
         <v>99.53</v>
       </c>
       <c r="C172">
         <v>99.83</v>
       </c>
       <c r="D172">
         <v>99.88</v>
       </c>
     </row>
-    <row r="173" spans="1:4">
+    <row r="173" spans="1:26">
       <c r="A173" t="s">
         <v>177</v>
       </c>
       <c r="B173">
         <v>99.43</v>
       </c>
       <c r="C173">
         <v>99.76</v>
       </c>
       <c r="D173">
         <v>99.79</v>
       </c>
     </row>
-    <row r="174" spans="1:4">
+    <row r="174" spans="1:26">
       <c r="A174" t="s">
         <v>178</v>
       </c>
       <c r="B174">
         <v>99.4</v>
       </c>
       <c r="C174">
         <v>99.75</v>
       </c>
       <c r="D174">
         <v>99.75</v>
       </c>
     </row>
-    <row r="175" spans="1:4">
+    <row r="175" spans="1:26">
       <c r="A175" t="s">
         <v>179</v>
       </c>
       <c r="B175">
         <v>99.44</v>
       </c>
       <c r="C175">
         <v>99.78</v>
       </c>
       <c r="D175">
         <v>99.79</v>
       </c>
     </row>
-    <row r="176" spans="1:4">
+    <row r="176" spans="1:26">
       <c r="A176" t="s">
         <v>180</v>
       </c>
       <c r="B176">
         <v>99.37</v>
       </c>
       <c r="C176">
         <v>99.74</v>
       </c>
       <c r="D176">
         <v>99.73</v>
       </c>
     </row>
-    <row r="177" spans="1:4">
+    <row r="177" spans="1:26">
       <c r="A177" t="s">
         <v>181</v>
       </c>
       <c r="B177">
         <v>99.36</v>
       </c>
       <c r="C177">
         <v>99.72</v>
       </c>
       <c r="D177">
         <v>99.71</v>
       </c>
     </row>
-    <row r="178" spans="1:4">
+    <row r="178" spans="1:26">
       <c r="A178" t="s">
         <v>182</v>
       </c>
       <c r="B178">
         <v>99.36</v>
       </c>
       <c r="C178">
         <v>99.69</v>
       </c>
       <c r="D178">
         <v>99.72</v>
       </c>
     </row>
-    <row r="179" spans="1:4">
+    <row r="179" spans="1:26">
       <c r="A179" t="s">
         <v>183</v>
       </c>
       <c r="B179">
         <v>99.37</v>
       </c>
       <c r="C179">
         <v>99.71</v>
       </c>
       <c r="D179">
         <v>99.74</v>
       </c>
     </row>
-    <row r="180" spans="1:4">
+    <row r="180" spans="1:26">
       <c r="A180" t="s">
         <v>184</v>
       </c>
       <c r="B180">
         <v>99.45</v>
       </c>
       <c r="C180">
         <v>99.76</v>
       </c>
       <c r="D180">
         <v>99.81</v>
       </c>
     </row>
-    <row r="181" spans="1:4">
+    <row r="181" spans="1:26">
       <c r="A181" t="s">
         <v>185</v>
       </c>
       <c r="B181">
         <v>99.39</v>
       </c>
       <c r="C181">
         <v>99.72</v>
       </c>
       <c r="D181">
         <v>99.76</v>
       </c>
     </row>
-    <row r="182" spans="1:4">
+    <row r="182" spans="1:26">
       <c r="A182" t="s">
         <v>186</v>
       </c>
       <c r="B182">
         <v>99.35</v>
       </c>
       <c r="C182">
         <v>99.74</v>
       </c>
       <c r="D182">
         <v>99.71</v>
       </c>
     </row>
-    <row r="183" spans="1:4">
+    <row r="183" spans="1:26">
       <c r="A183" t="s">
         <v>187</v>
       </c>
       <c r="B183">
         <v>99.39</v>
       </c>
       <c r="C183">
         <v>99.71</v>
       </c>
       <c r="D183">
         <v>99.77</v>
       </c>
     </row>
-    <row r="184" spans="1:4">
+    <row r="184" spans="1:26">
       <c r="A184" t="s">
         <v>188</v>
       </c>
       <c r="B184">
         <v>99.38</v>
       </c>
       <c r="C184">
         <v>99.7</v>
       </c>
       <c r="D184">
         <v>99.77</v>
       </c>
     </row>
-    <row r="185" spans="1:4">
+    <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>189</v>
       </c>
       <c r="B185">
         <v>99.48</v>
       </c>
       <c r="C185">
         <v>99.81</v>
       </c>
       <c r="D185">
         <v>99.89</v>
       </c>
     </row>
-    <row r="186" spans="1:4">
+    <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>190</v>
       </c>
       <c r="B186">
         <v>99.56</v>
       </c>
       <c r="C186">
         <v>99.89</v>
       </c>
       <c r="D186">
         <v>99.98</v>
       </c>
     </row>
-    <row r="187" spans="1:4">
+    <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>191</v>
       </c>
       <c r="B187">
         <v>99.58</v>
       </c>
       <c r="C187">
         <v>99.91</v>
       </c>
       <c r="D187">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>192</v>
       </c>
       <c r="B188">
         <v>99.64</v>
       </c>
       <c r="C188">
         <v>99.97</v>
       </c>
       <c r="D188">
         <v>100.06</v>
       </c>
     </row>
-    <row r="189" spans="1:4">
+    <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>193</v>
       </c>
       <c r="B189">
         <v>99.59</v>
       </c>
       <c r="C189">
         <v>99.92</v>
       </c>
       <c r="D189">
         <v>100.01</v>
       </c>
     </row>
-    <row r="190" spans="1:4">
+    <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>194</v>
       </c>
       <c r="B190">
         <v>99.52</v>
       </c>
       <c r="C190">
         <v>99.85</v>
       </c>
       <c r="D190">
         <v>99.94</v>
       </c>
     </row>
-    <row r="191" spans="1:4">
+    <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>195</v>
       </c>
       <c r="B191">
         <v>99.38</v>
       </c>
       <c r="C191">
         <v>99.71</v>
       </c>
       <c r="D191">
         <v>99.8</v>
       </c>
     </row>
-    <row r="192" spans="1:4">
+    <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>196</v>
       </c>
       <c r="B192">
         <v>99.34</v>
       </c>
       <c r="C192">
         <v>99.68</v>
       </c>
       <c r="D192">
         <v>99.77</v>
       </c>
     </row>
-    <row r="193" spans="1:4">
+    <row r="193" spans="1:26">
       <c r="A193" t="s">
         <v>197</v>
       </c>
       <c r="B193">
         <v>99.27</v>
       </c>
       <c r="C193">
         <v>99.61</v>
       </c>
       <c r="D193">
         <v>99.68</v>
       </c>
     </row>
-    <row r="194" spans="1:4">
+    <row r="194" spans="1:26">
       <c r="A194" t="s">
         <v>198</v>
       </c>
       <c r="B194">
         <v>99.29</v>
       </c>
       <c r="C194">
         <v>99.64</v>
       </c>
       <c r="D194">
         <v>99.73</v>
       </c>
     </row>
-    <row r="195" spans="1:4">
+    <row r="195" spans="1:26">
       <c r="A195" t="s">
         <v>199</v>
       </c>
       <c r="B195">
         <v>99.32</v>
       </c>
       <c r="C195">
         <v>99.66</v>
       </c>
       <c r="D195">
         <v>99.76</v>
       </c>
     </row>
-    <row r="196" spans="1:4">
+    <row r="196" spans="1:26">
       <c r="A196" t="s">
         <v>200</v>
       </c>
       <c r="B196">
         <v>99.27</v>
       </c>
       <c r="C196">
         <v>99.62</v>
       </c>
       <c r="D196">
         <v>99.71</v>
       </c>
     </row>
-    <row r="197" spans="1:4">
+    <row r="197" spans="1:26">
       <c r="A197" t="s">
         <v>201</v>
       </c>
       <c r="B197">
         <v>99.2</v>
       </c>
       <c r="C197">
         <v>99.55</v>
       </c>
       <c r="D197">
         <v>99.64</v>
       </c>
     </row>
-    <row r="198" spans="1:4">
+    <row r="198" spans="1:26">
       <c r="A198" t="s">
         <v>202</v>
       </c>
       <c r="B198">
         <v>99.16</v>
       </c>
       <c r="C198">
         <v>99.52</v>
       </c>
       <c r="D198">
         <v>99.58</v>
       </c>
     </row>
-    <row r="199" spans="1:4">
+    <row r="199" spans="1:26">
       <c r="A199" t="s">
         <v>203</v>
       </c>
       <c r="B199">
         <v>99.09</v>
       </c>
       <c r="C199">
         <v>99.44</v>
       </c>
       <c r="D199">
         <v>99.52</v>
       </c>
     </row>
-    <row r="200" spans="1:4">
+    <row r="200" spans="1:26">
       <c r="A200" t="s">
         <v>204</v>
       </c>
       <c r="B200">
         <v>98.89</v>
       </c>
       <c r="C200">
         <v>99.25</v>
       </c>
       <c r="D200">
         <v>99.34</v>
       </c>
     </row>
-    <row r="201" spans="1:4">
+    <row r="201" spans="1:26">
       <c r="A201" t="s">
         <v>205</v>
       </c>
       <c r="B201">
         <v>98.88</v>
       </c>
       <c r="C201">
         <v>99.24</v>
       </c>
       <c r="D201">
         <v>99.33</v>
       </c>
     </row>
-    <row r="202" spans="1:4">
+    <row r="202" spans="1:26">
       <c r="A202" t="s">
         <v>206</v>
       </c>
       <c r="B202">
         <v>98.9</v>
       </c>
       <c r="C202">
         <v>99.26</v>
       </c>
       <c r="D202">
         <v>99.35</v>
       </c>
     </row>
-    <row r="203" spans="1:4">
+    <row r="203" spans="1:26">
       <c r="A203" t="s">
         <v>207</v>
       </c>
       <c r="B203">
         <v>99.07</v>
       </c>
       <c r="C203">
         <v>99.43</v>
       </c>
       <c r="D203">
         <v>99.52</v>
       </c>
     </row>
-    <row r="204" spans="1:4">
+    <row r="204" spans="1:26">
       <c r="A204" t="s">
         <v>208</v>
       </c>
       <c r="B204">
         <v>99.09</v>
       </c>
       <c r="C204">
         <v>99.45</v>
       </c>
       <c r="D204">
         <v>99.55</v>
       </c>
     </row>
-    <row r="205" spans="1:4">
+    <row r="205" spans="1:26">
       <c r="A205" t="s">
         <v>209</v>
       </c>
       <c r="B205">
         <v>99.2</v>
       </c>
       <c r="C205">
         <v>99.56</v>
       </c>
       <c r="D205">
         <v>99.66</v>
       </c>
     </row>
-    <row r="206" spans="1:4">
+    <row r="206" spans="1:26">
       <c r="A206" t="s">
         <v>210</v>
       </c>
       <c r="B206">
         <v>99.16</v>
       </c>
       <c r="C206">
         <v>99.53</v>
       </c>
       <c r="D206">
         <v>99.63</v>
       </c>
     </row>
-    <row r="207" spans="1:4">
+    <row r="207" spans="1:26">
       <c r="A207" t="s">
         <v>211</v>
       </c>
       <c r="B207">
         <v>99.26</v>
       </c>
       <c r="C207">
         <v>99.63</v>
       </c>
       <c r="D207">
         <v>99.73</v>
       </c>
     </row>
-    <row r="208" spans="1:4">
+    <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>212</v>
       </c>
       <c r="B208">
         <v>99.32</v>
       </c>
       <c r="C208">
         <v>99.69</v>
       </c>
       <c r="D208">
         <v>99.79</v>
       </c>
     </row>
-    <row r="209" spans="1:4">
+    <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>213</v>
       </c>
       <c r="B209">
         <v>99.35</v>
       </c>
       <c r="C209">
         <v>99.72</v>
       </c>
       <c r="D209">
         <v>99.82</v>
       </c>
     </row>
-    <row r="210" spans="1:4">
+    <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>214</v>
       </c>
       <c r="B210">
         <v>99.31</v>
       </c>
       <c r="C210">
         <v>99.68</v>
       </c>
       <c r="D210">
         <v>99.78</v>
       </c>
     </row>
-    <row r="211" spans="1:4">
+    <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>215</v>
       </c>
       <c r="B211">
         <v>99.32</v>
       </c>
       <c r="C211">
         <v>99.7</v>
       </c>
       <c r="D211">
         <v>99.8</v>
       </c>
     </row>
-    <row r="212" spans="1:4">
+    <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>216</v>
       </c>
       <c r="B212">
         <v>99.35</v>
       </c>
       <c r="C212">
         <v>99.73</v>
       </c>
       <c r="D212">
         <v>99.83</v>
       </c>
     </row>
-    <row r="213" spans="1:4">
+    <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>217</v>
       </c>
       <c r="B213">
         <v>99.35</v>
       </c>
       <c r="C213">
         <v>99.73</v>
       </c>
       <c r="D213">
         <v>99.83</v>
       </c>
     </row>
-    <row r="214" spans="1:4">
+    <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>218</v>
       </c>
       <c r="B214">
         <v>99.4</v>
       </c>
       <c r="C214">
         <v>99.78</v>
       </c>
       <c r="D214">
         <v>99.89</v>
       </c>
     </row>
-    <row r="215" spans="1:4">
+    <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>219</v>
       </c>
       <c r="B215">
         <v>99.45</v>
       </c>
       <c r="C215">
         <v>99.84</v>
       </c>
       <c r="D215">
         <v>99.94</v>
       </c>
     </row>
-    <row r="216" spans="1:4">
+    <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>220</v>
       </c>
       <c r="B216">
         <v>99.46</v>
       </c>
       <c r="C216">
         <v>99.85</v>
       </c>
       <c r="D216">
         <v>99.95</v>
       </c>
     </row>
-    <row r="217" spans="1:4">
+    <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>221</v>
       </c>
       <c r="B217">
         <v>99.49</v>
       </c>
       <c r="C217">
         <v>99.88</v>
       </c>
       <c r="D217">
         <v>99.96</v>
       </c>
     </row>
-    <row r="218" spans="1:4">
+    <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>222</v>
       </c>
       <c r="B218">
         <v>99.54</v>
       </c>
       <c r="C218">
         <v>99.94</v>
       </c>
       <c r="D218">
         <v>99.99</v>
       </c>
     </row>
-    <row r="219" spans="1:4">
+    <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>223</v>
       </c>
       <c r="B219">
         <v>99.53</v>
       </c>
       <c r="C219">
         <v>99.97</v>
       </c>
       <c r="D219">
         <v>99.98</v>
       </c>
     </row>
-    <row r="220" spans="1:4">
+    <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>224</v>
       </c>
       <c r="B220">
         <v>99.53</v>
       </c>
       <c r="C220">
         <v>99.97</v>
       </c>
       <c r="D220">
         <v>99.98</v>
       </c>
     </row>
-    <row r="221" spans="1:4">
+    <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>225</v>
       </c>
       <c r="B221">
         <v>99.49</v>
       </c>
       <c r="C221">
         <v>99.94</v>
       </c>
       <c r="D221">
         <v>99.95</v>
       </c>
     </row>
-    <row r="222" spans="1:4">
+    <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>226</v>
       </c>
       <c r="B222">
         <v>99.46</v>
       </c>
       <c r="C222">
         <v>99.91</v>
       </c>
       <c r="D222">
         <v>99.92</v>
       </c>
     </row>
-    <row r="223" spans="1:4">
+    <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>227</v>
       </c>
       <c r="B223">
         <v>99.44</v>
       </c>
       <c r="C223">
         <v>99.9</v>
       </c>
       <c r="D223">
         <v>99.9</v>
       </c>
     </row>
-    <row r="224" spans="1:4">
+    <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>228</v>
       </c>
       <c r="B224">
         <v>99.44</v>
       </c>
       <c r="C224">
         <v>99.9</v>
       </c>
       <c r="D224">
         <v>99.9</v>
       </c>
     </row>
-    <row r="225" spans="1:4">
+    <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>229</v>
       </c>
       <c r="B225">
         <v>99.44</v>
       </c>
       <c r="C225">
         <v>99.91</v>
       </c>
       <c r="D225">
         <v>99.91</v>
       </c>
     </row>
-    <row r="226" spans="1:4">
+    <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>230</v>
       </c>
       <c r="B226">
         <v>99.31</v>
       </c>
       <c r="C226">
         <v>99.78</v>
       </c>
       <c r="D226">
         <v>99.78</v>
       </c>
     </row>
-    <row r="227" spans="1:4">
+    <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>231</v>
       </c>
       <c r="B227">
         <v>99.36</v>
       </c>
       <c r="C227">
         <v>99.83</v>
       </c>
       <c r="D227">
         <v>99.83</v>
       </c>
     </row>
-    <row r="228" spans="1:4">
+    <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>232</v>
       </c>
       <c r="B228">
         <v>99.4</v>
       </c>
       <c r="C228">
         <v>99.87</v>
       </c>
       <c r="D228">
         <v>99.88</v>
       </c>
     </row>
-    <row r="229" spans="1:4">
+    <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>233</v>
       </c>
       <c r="B229">
         <v>99.37</v>
       </c>
       <c r="C229">
         <v>99.84</v>
       </c>
       <c r="D229">
         <v>99.85</v>
       </c>
     </row>
-    <row r="230" spans="1:4">
+    <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>234</v>
       </c>
       <c r="B230">
         <v>99.36</v>
       </c>
       <c r="C230">
         <v>99.83</v>
       </c>
       <c r="D230">
         <v>99.83</v>
       </c>
     </row>
-    <row r="231" spans="1:4">
+    <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>235</v>
       </c>
       <c r="B231">
         <v>99.29</v>
       </c>
       <c r="C231">
         <v>99.77</v>
       </c>
       <c r="D231">
         <v>99.77</v>
       </c>
     </row>
-    <row r="232" spans="1:4">
+    <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>236</v>
       </c>
       <c r="B232">
         <v>99.26</v>
       </c>
       <c r="C232">
         <v>99.74</v>
       </c>
       <c r="D232">
         <v>99.74</v>
       </c>
     </row>
-    <row r="233" spans="1:4">
+    <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>237</v>
       </c>
       <c r="B233">
         <v>99.27</v>
       </c>
       <c r="C233">
         <v>99.74</v>
       </c>
       <c r="D233">
         <v>99.75</v>
       </c>
     </row>
-    <row r="234" spans="1:4">
+    <row r="234" spans="1:26">
       <c r="A234" t="s">
         <v>238</v>
       </c>
       <c r="B234">
         <v>99.28</v>
       </c>
       <c r="C234">
         <v>99.76</v>
       </c>
       <c r="D234">
         <v>99.76</v>
       </c>
     </row>
-    <row r="235" spans="1:4">
+    <row r="235" spans="1:26">
       <c r="A235" t="s">
         <v>239</v>
       </c>
       <c r="B235">
         <v>99.17</v>
       </c>
       <c r="C235">
         <v>99.65</v>
       </c>
       <c r="D235">
         <v>99.66</v>
       </c>
     </row>
-    <row r="236" spans="1:4">
+    <row r="236" spans="1:26">
       <c r="A236" t="s">
         <v>240</v>
       </c>
       <c r="B236">
         <v>99.11</v>
       </c>
       <c r="C236">
         <v>99.59</v>
       </c>
       <c r="D236">
         <v>99.6</v>
       </c>
     </row>
-    <row r="237" spans="1:4">
+    <row r="237" spans="1:26">
       <c r="A237" t="s">
         <v>241</v>
       </c>
       <c r="B237">
         <v>99.03</v>
       </c>
       <c r="C237">
         <v>99.51</v>
       </c>
       <c r="D237">
         <v>99.52</v>
       </c>
     </row>
-    <row r="238" spans="1:4">
+    <row r="238" spans="1:26">
       <c r="A238" t="s">
         <v>242</v>
       </c>
       <c r="B238">
         <v>99.04</v>
       </c>
       <c r="C238">
         <v>99.52</v>
       </c>
       <c r="D238">
         <v>99.53</v>
       </c>
     </row>
-    <row r="239" spans="1:4">
+    <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>243</v>
       </c>
       <c r="B239">
         <v>99.06</v>
       </c>
       <c r="C239">
         <v>99.54</v>
       </c>
       <c r="D239">
         <v>99.55</v>
       </c>
     </row>
-    <row r="240" spans="1:4">
+    <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>244</v>
       </c>
       <c r="B240">
         <v>99.07</v>
       </c>
       <c r="C240">
         <v>99.56</v>
       </c>
       <c r="D240">
         <v>99.57</v>
       </c>
     </row>
-    <row r="241" spans="1:4">
+    <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>245</v>
       </c>
       <c r="B241">
         <v>99.01</v>
       </c>
       <c r="C241">
         <v>99.49</v>
       </c>
       <c r="D241">
         <v>99.5</v>
       </c>
     </row>
-    <row r="242" spans="1:4">
+    <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>246</v>
       </c>
       <c r="B242">
         <v>98.89</v>
       </c>
       <c r="C242">
         <v>99.38</v>
       </c>
       <c r="D242">
         <v>99.39</v>
       </c>
     </row>
-    <row r="243" spans="1:4">
+    <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>247</v>
       </c>
       <c r="B243">
         <v>98.97</v>
       </c>
       <c r="C243">
         <v>99.46</v>
       </c>
       <c r="D243">
         <v>99.47</v>
       </c>
     </row>
-    <row r="244" spans="1:4">
+    <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>248</v>
       </c>
       <c r="B244">
         <v>98.84</v>
       </c>
       <c r="C244">
         <v>99.33</v>
       </c>
       <c r="D244">
         <v>99.34</v>
       </c>
     </row>
-    <row r="245" spans="1:4">
+    <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>249</v>
       </c>
       <c r="B245">
         <v>98.66</v>
       </c>
       <c r="C245">
         <v>99.15</v>
       </c>
       <c r="D245">
         <v>99.16</v>
       </c>
     </row>
-    <row r="246" spans="1:4">
+    <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>250</v>
       </c>
       <c r="B246">
         <v>98.48</v>
       </c>
       <c r="C246">
         <v>98.97</v>
       </c>
       <c r="D246">
         <v>98.98</v>
       </c>
     </row>
-    <row r="247" spans="1:4">
+    <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>251</v>
       </c>
       <c r="B247">
         <v>98.46</v>
       </c>
       <c r="C247">
         <v>98.96</v>
       </c>
       <c r="D247">
         <v>98.97</v>
       </c>
     </row>
-    <row r="248" spans="1:4">
+    <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>252</v>
       </c>
       <c r="B248">
         <v>98.51</v>
       </c>
       <c r="C248">
-        <v>99</v>
+        <v>99.0</v>
       </c>
       <c r="D248">
         <v>99.01</v>
       </c>
     </row>
-    <row r="249" spans="1:4">
+    <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>253</v>
       </c>
       <c r="B249">
         <v>98.23</v>
       </c>
       <c r="C249">
         <v>98.72</v>
       </c>
       <c r="D249">
         <v>98.74</v>
       </c>
     </row>
-    <row r="250" spans="1:4">
+    <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>254</v>
       </c>
       <c r="B250">
         <v>97.6</v>
       </c>
       <c r="C250">
         <v>98.09</v>
       </c>
       <c r="D250">
         <v>98.11</v>
       </c>
     </row>
-    <row r="251" spans="1:4">
+    <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>255</v>
       </c>
       <c r="B251">
         <v>97.13</v>
       </c>
       <c r="C251">
         <v>97.62</v>
       </c>
       <c r="D251">
         <v>97.63</v>
       </c>
     </row>
-    <row r="252" spans="1:4">
+    <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>256</v>
       </c>
       <c r="B252">
         <v>97.14</v>
       </c>
       <c r="C252">
         <v>97.64</v>
       </c>
       <c r="D252">
         <v>97.65</v>
       </c>
     </row>
-    <row r="253" spans="1:4">
+    <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>257</v>
       </c>
       <c r="B253">
         <v>97.37</v>
       </c>
       <c r="C253">
         <v>97.87</v>
       </c>
       <c r="D253">
         <v>97.89</v>
       </c>
     </row>
-    <row r="254" spans="1:4">
+    <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>258</v>
       </c>
       <c r="B254">
         <v>97.17</v>
       </c>
       <c r="C254">
         <v>97.67</v>
       </c>
       <c r="D254">
         <v>97.69</v>
       </c>
     </row>
-    <row r="255" spans="1:4">
+    <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>259</v>
       </c>
       <c r="B255">
         <v>96.98</v>
       </c>
       <c r="C255">
         <v>97.48</v>
       </c>
       <c r="D255">
         <v>97.5</v>
       </c>
     </row>
-    <row r="256" spans="1:4">
+    <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>260</v>
       </c>
       <c r="B256">
         <v>96.72</v>
       </c>
       <c r="C256">
         <v>97.21</v>
       </c>
       <c r="D256">
         <v>97.23</v>
       </c>
     </row>
-    <row r="257" spans="1:4">
+    <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>261</v>
       </c>
       <c r="B257">
         <v>96.75</v>
       </c>
       <c r="C257">
         <v>97.25</v>
       </c>
       <c r="D257">
         <v>97.27</v>
       </c>
     </row>
-    <row r="258" spans="1:4">
+    <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>262</v>
       </c>
       <c r="B258">
         <v>96.81</v>
       </c>
       <c r="C258">
         <v>97.31</v>
       </c>
       <c r="D258">
         <v>97.33</v>
       </c>
     </row>
-    <row r="259" spans="1:4">
+    <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>263</v>
       </c>
       <c r="B259">
         <v>96.87</v>
       </c>
       <c r="C259">
         <v>97.37</v>
       </c>
       <c r="D259">
         <v>97.39</v>
       </c>
     </row>
-    <row r="260" spans="1:4">
+    <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>264</v>
       </c>
       <c r="B260">
         <v>96.87</v>
       </c>
       <c r="C260">
         <v>97.37</v>
       </c>
       <c r="D260">
         <v>97.39</v>
       </c>
     </row>
-    <row r="261" spans="1:4">
+    <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>265</v>
       </c>
       <c r="B261">
         <v>96.67</v>
       </c>
       <c r="C261">
         <v>97.17</v>
       </c>
       <c r="D261">
         <v>97.2</v>
       </c>
     </row>
-    <row r="262" spans="1:4">
+    <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>266</v>
       </c>
       <c r="B262">
         <v>96.33</v>
       </c>
       <c r="C262">
         <v>96.84</v>
       </c>
       <c r="D262">
         <v>96.86</v>
       </c>
     </row>
-    <row r="263" spans="1:4">
+    <row r="263" spans="1:26">
       <c r="A263" t="s">
         <v>267</v>
       </c>
       <c r="B263">
         <v>96.38</v>
       </c>
       <c r="C263">
         <v>96.89</v>
       </c>
       <c r="D263">
         <v>96.91</v>
       </c>
     </row>
-    <row r="264" spans="1:4">
+    <row r="264" spans="1:26">
       <c r="A264" t="s">
         <v>268</v>
       </c>
       <c r="B264">
         <v>95.92</v>
       </c>
       <c r="C264">
         <v>96.42</v>
       </c>
       <c r="D264">
         <v>96.45</v>
       </c>
     </row>
-    <row r="265" spans="1:4">
+    <row r="265" spans="1:26">
       <c r="A265" t="s">
         <v>269</v>
       </c>
       <c r="B265">
         <v>96.1</v>
       </c>
       <c r="C265">
         <v>96.61</v>
       </c>
       <c r="D265">
         <v>96.63</v>
       </c>
     </row>
-    <row r="266" spans="1:4">
+    <row r="266" spans="1:26">
       <c r="A266" t="s">
         <v>270</v>
       </c>
       <c r="B266">
         <v>96.09</v>
       </c>
       <c r="C266">
         <v>96.6</v>
       </c>
       <c r="D266">
         <v>96.63</v>
       </c>
     </row>
-    <row r="267" spans="1:4">
+    <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>271</v>
       </c>
       <c r="B267">
         <v>96.36</v>
       </c>
       <c r="C267">
         <v>96.84</v>
       </c>
       <c r="D267">
         <v>96.89</v>
       </c>
     </row>
-    <row r="268" spans="1:4">
+    <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>272</v>
       </c>
       <c r="B268">
         <v>96.18</v>
       </c>
       <c r="C268">
         <v>96.69</v>
       </c>
       <c r="D268">
         <v>96.71</v>
       </c>
     </row>
-    <row r="269" spans="1:4">
+    <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>273</v>
       </c>
       <c r="B269">
         <v>96.18</v>
       </c>
       <c r="C269">
         <v>96.69</v>
       </c>
       <c r="D269">
         <v>96.71</v>
       </c>
     </row>
-    <row r="270" spans="1:4">
+    <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>274</v>
       </c>
       <c r="B270">
         <v>96.08</v>
       </c>
       <c r="C270">
         <v>96.55</v>
       </c>
       <c r="D270">
         <v>96.67</v>
       </c>
     </row>
-    <row r="271" spans="1:4">
+    <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>275</v>
       </c>
       <c r="B271">
         <v>95.39</v>
       </c>
       <c r="C271">
         <v>95.87</v>
       </c>
       <c r="D271">
         <v>95.97</v>
       </c>
     </row>
-    <row r="272" spans="1:4">
+    <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>276</v>
       </c>
       <c r="B272">
         <v>95.13</v>
       </c>
       <c r="C272">
         <v>95.63</v>
       </c>
       <c r="D272">
         <v>95.67</v>
       </c>
     </row>
-    <row r="273" spans="1:4">
+    <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>277</v>
       </c>
       <c r="B273">
         <v>95.19</v>
       </c>
       <c r="C273">
         <v>95.7</v>
       </c>
       <c r="D273">
         <v>95.73</v>
       </c>
     </row>
-    <row r="274" spans="1:4">
+    <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>278</v>
       </c>
       <c r="B274">
         <v>95.13</v>
       </c>
       <c r="C274">
         <v>95.65</v>
       </c>
       <c r="D274">
         <v>95.68</v>
       </c>
     </row>
-    <row r="275" spans="1:4">
+    <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>279</v>
       </c>
       <c r="B275">
         <v>95.21</v>
       </c>
       <c r="C275">
         <v>95.72</v>
       </c>
       <c r="D275">
         <v>95.75</v>
       </c>
     </row>
-    <row r="276" spans="1:4">
+    <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>280</v>
       </c>
       <c r="B276">
         <v>95.04</v>
       </c>
       <c r="C276">
         <v>95.56</v>
       </c>
       <c r="D276">
         <v>95.59</v>
       </c>
     </row>
-    <row r="277" spans="1:4">
+    <row r="277" spans="1:26">
       <c r="A277" t="s">
         <v>281</v>
       </c>
       <c r="B277">
         <v>95.02</v>
       </c>
       <c r="C277">
         <v>95.53</v>
       </c>
       <c r="D277">
         <v>95.56</v>
       </c>
     </row>
-    <row r="278" spans="1:4">
+    <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>282</v>
       </c>
       <c r="B278">
         <v>95.12</v>
       </c>
       <c r="C278">
         <v>95.64</v>
       </c>
       <c r="D278">
         <v>95.67</v>
       </c>
     </row>
-    <row r="279" spans="1:4">
+    <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>283</v>
       </c>
       <c r="B279">
         <v>95.4</v>
       </c>
       <c r="C279">
         <v>95.92</v>
       </c>
       <c r="D279">
         <v>95.95</v>
       </c>
     </row>
-    <row r="280" spans="1:4">
+    <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>284</v>
       </c>
       <c r="B280">
         <v>95.5</v>
       </c>
       <c r="C280">
         <v>96.02</v>
       </c>
       <c r="D280">
         <v>96.05</v>
       </c>
     </row>
-    <row r="281" spans="1:4">
+    <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>285</v>
       </c>
       <c r="B281">
         <v>95.47</v>
       </c>
       <c r="C281">
-        <v>96</v>
+        <v>96.0</v>
       </c>
       <c r="D281">
         <v>96.03</v>
       </c>
     </row>
-    <row r="282" spans="1:4">
+    <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>286</v>
       </c>
       <c r="B282">
         <v>95.46</v>
       </c>
       <c r="C282">
         <v>95.99</v>
       </c>
       <c r="D282">
         <v>96.02</v>
       </c>
     </row>
-    <row r="283" spans="1:4">
+    <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>287</v>
       </c>
       <c r="B283">
         <v>95.63</v>
       </c>
       <c r="C283">
         <v>96.16</v>
       </c>
       <c r="D283">
         <v>96.19</v>
       </c>
     </row>
-    <row r="284" spans="1:4">
+    <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>288</v>
       </c>
       <c r="B284">
         <v>95.5</v>
       </c>
       <c r="C284">
         <v>96.03</v>
       </c>
       <c r="D284">
         <v>96.07</v>
       </c>
     </row>
-    <row r="285" spans="1:4">
+    <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>289</v>
       </c>
       <c r="B285">
         <v>95.39</v>
       </c>
       <c r="C285">
         <v>95.92</v>
       </c>
       <c r="D285">
         <v>95.96</v>
       </c>
     </row>
-    <row r="286" spans="1:4">
+    <row r="286" spans="1:26">
       <c r="A286" t="s">
         <v>290</v>
       </c>
       <c r="B286">
         <v>95.46</v>
       </c>
       <c r="C286">
         <v>95.99</v>
       </c>
       <c r="D286">
         <v>96.02</v>
       </c>
     </row>
-    <row r="287" spans="1:4">
+    <row r="287" spans="1:26">
       <c r="A287" t="s">
         <v>291</v>
       </c>
       <c r="B287">
         <v>95.64</v>
       </c>
       <c r="C287">
         <v>96.17</v>
       </c>
       <c r="D287">
         <v>96.21</v>
       </c>
     </row>
-    <row r="288" spans="1:4">
+    <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>292</v>
       </c>
       <c r="B288">
         <v>95.69</v>
       </c>
       <c r="C288">
         <v>96.23</v>
       </c>
       <c r="D288">
         <v>96.27</v>
       </c>
     </row>
-    <row r="289" spans="1:4">
+    <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>293</v>
       </c>
       <c r="B289">
         <v>95.95</v>
       </c>
       <c r="C289">
         <v>96.49</v>
       </c>
       <c r="D289">
         <v>96.52</v>
       </c>
     </row>
-    <row r="290" spans="1:4">
+    <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>294</v>
       </c>
       <c r="B290">
         <v>95.98</v>
       </c>
       <c r="C290">
         <v>96.52</v>
       </c>
       <c r="D290">
         <v>96.55</v>
       </c>
     </row>
-    <row r="291" spans="1:4">
+    <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>295</v>
       </c>
       <c r="B291">
         <v>96.11</v>
       </c>
       <c r="C291">
         <v>96.66</v>
       </c>
       <c r="D291">
         <v>96.69</v>
       </c>
     </row>
-    <row r="292" spans="1:4">
+    <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>296</v>
       </c>
       <c r="B292">
         <v>95.89</v>
       </c>
       <c r="C292">
         <v>96.43</v>
       </c>
       <c r="D292">
         <v>96.47</v>
       </c>
     </row>
-    <row r="293" spans="1:4">
+    <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>297</v>
       </c>
       <c r="B293">
         <v>95.76</v>
       </c>
       <c r="C293">
         <v>96.31</v>
       </c>
       <c r="D293">
         <v>96.35</v>
       </c>
     </row>
-    <row r="294" spans="1:4">
+    <row r="294" spans="1:26">
       <c r="A294" t="s">
         <v>298</v>
       </c>
       <c r="B294">
         <v>95.61</v>
       </c>
       <c r="C294">
         <v>96.16</v>
       </c>
       <c r="D294">
         <v>96.2</v>
       </c>
     </row>
-    <row r="295" spans="1:4">
+    <row r="295" spans="1:26">
       <c r="A295" t="s">
         <v>299</v>
       </c>
       <c r="B295">
         <v>95.47</v>
       </c>
       <c r="C295">
         <v>96.02</v>
       </c>
       <c r="D295">
         <v>96.06</v>
       </c>
     </row>
-    <row r="296" spans="1:4">
+    <row r="296" spans="1:26">
       <c r="A296" t="s">
         <v>300</v>
       </c>
       <c r="B296">
         <v>95.1</v>
       </c>
       <c r="C296">
         <v>95.65</v>
       </c>
       <c r="D296">
         <v>95.69</v>
       </c>
     </row>
-    <row r="297" spans="1:4">
+    <row r="297" spans="1:26">
       <c r="A297" t="s">
         <v>301</v>
       </c>
       <c r="B297">
         <v>95.08</v>
       </c>
       <c r="C297">
         <v>95.63</v>
       </c>
       <c r="D297">
         <v>95.67</v>
       </c>
     </row>
-    <row r="298" spans="1:4">
+    <row r="298" spans="1:26">
       <c r="A298" t="s">
         <v>302</v>
       </c>
       <c r="B298">
         <v>95.07</v>
       </c>
       <c r="C298">
         <v>95.62</v>
       </c>
       <c r="D298">
         <v>95.66</v>
       </c>
     </row>
-    <row r="299" spans="1:4">
+    <row r="299" spans="1:26">
       <c r="A299" t="s">
         <v>303</v>
       </c>
       <c r="B299">
         <v>94.93</v>
       </c>
       <c r="C299">
         <v>95.48</v>
       </c>
       <c r="D299">
         <v>95.52</v>
       </c>
     </row>
-    <row r="300" spans="1:4">
+    <row r="300" spans="1:26">
       <c r="A300" t="s">
         <v>304</v>
       </c>
       <c r="B300">
         <v>94.66</v>
       </c>
       <c r="C300">
         <v>95.21</v>
       </c>
       <c r="D300">
         <v>95.26</v>
       </c>
     </row>
-    <row r="301" spans="1:4">
+    <row r="301" spans="1:26">
       <c r="A301" t="s">
         <v>305</v>
       </c>
       <c r="B301">
         <v>94.65</v>
       </c>
       <c r="C301">
         <v>95.21</v>
       </c>
       <c r="D301">
         <v>95.25</v>
       </c>
     </row>
-    <row r="302" spans="1:4">
+    <row r="302" spans="1:26">
       <c r="A302" t="s">
         <v>306</v>
       </c>
       <c r="B302">
         <v>94.35</v>
       </c>
       <c r="C302">
         <v>94.91</v>
       </c>
       <c r="D302">
         <v>94.95</v>
       </c>
     </row>
-    <row r="303" spans="1:4">
+    <row r="303" spans="1:26">
       <c r="A303" t="s">
         <v>307</v>
       </c>
       <c r="B303">
         <v>94.16</v>
       </c>
       <c r="C303">
         <v>94.71</v>
       </c>
       <c r="D303">
         <v>94.75</v>
       </c>
     </row>
-    <row r="304" spans="1:4">
+    <row r="304" spans="1:26">
       <c r="A304" t="s">
         <v>308</v>
       </c>
       <c r="B304">
         <v>94.19</v>
       </c>
       <c r="C304">
         <v>94.75</v>
       </c>
       <c r="D304">
         <v>94.79</v>
       </c>
     </row>
-    <row r="305" spans="1:4">
+    <row r="305" spans="1:26">
       <c r="A305" t="s">
         <v>309</v>
       </c>
       <c r="B305">
         <v>94.11</v>
       </c>
       <c r="C305">
         <v>94.67</v>
       </c>
       <c r="D305">
         <v>94.71</v>
       </c>
     </row>
-    <row r="306" spans="1:4">
+    <row r="306" spans="1:26">
       <c r="A306" t="s">
         <v>310</v>
       </c>
       <c r="B306">
         <v>93.85</v>
       </c>
       <c r="C306">
         <v>94.41</v>
       </c>
       <c r="D306">
         <v>94.45</v>
       </c>
     </row>
-    <row r="307" spans="1:4">
+    <row r="307" spans="1:26">
       <c r="A307" t="s">
         <v>311</v>
       </c>
       <c r="B307">
         <v>93.68</v>
       </c>
       <c r="C307">
         <v>94.24</v>
       </c>
       <c r="D307">
         <v>94.29</v>
       </c>
     </row>
-    <row r="308" spans="1:4">
+    <row r="308" spans="1:26">
       <c r="A308" t="s">
         <v>312</v>
       </c>
       <c r="B308">
         <v>93.56</v>
       </c>
       <c r="C308">
         <v>94.12</v>
       </c>
       <c r="D308">
         <v>94.16</v>
       </c>
     </row>
-    <row r="309" spans="1:4">
+    <row r="309" spans="1:26">
       <c r="A309" t="s">
         <v>313</v>
       </c>
       <c r="B309">
         <v>93.57</v>
       </c>
       <c r="C309">
         <v>94.13</v>
       </c>
       <c r="D309">
         <v>94.17</v>
       </c>
     </row>
-    <row r="310" spans="1:4">
+    <row r="310" spans="1:26">
       <c r="A310" t="s">
         <v>314</v>
       </c>
       <c r="B310">
         <v>93.33</v>
       </c>
       <c r="C310">
         <v>93.89</v>
       </c>
       <c r="D310">
         <v>93.94</v>
       </c>
     </row>
-    <row r="311" spans="1:4">
+    <row r="311" spans="1:26">
       <c r="A311" t="s">
         <v>315</v>
       </c>
       <c r="B311">
         <v>93.2</v>
       </c>
       <c r="C311">
         <v>93.76</v>
       </c>
       <c r="D311">
         <v>93.81</v>
       </c>
     </row>
-    <row r="312" spans="1:4">
+    <row r="312" spans="1:26">
       <c r="A312" t="s">
         <v>316</v>
       </c>
       <c r="B312">
         <v>93.09</v>
       </c>
       <c r="C312">
         <v>93.65</v>
       </c>
       <c r="D312">
         <v>93.7</v>
       </c>
     </row>
-    <row r="313" spans="1:4">
+    <row r="313" spans="1:26">
       <c r="A313" t="s">
         <v>317</v>
       </c>
       <c r="B313">
         <v>92.6</v>
       </c>
       <c r="C313">
         <v>93.16</v>
       </c>
       <c r="D313">
         <v>93.2</v>
       </c>
     </row>
-    <row r="314" spans="1:4">
+    <row r="314" spans="1:26">
       <c r="A314" t="s">
         <v>318</v>
       </c>
       <c r="B314">
         <v>92.18</v>
       </c>
       <c r="C314">
         <v>92.74</v>
       </c>
       <c r="D314">
         <v>92.79</v>
       </c>
     </row>
-    <row r="315" spans="1:4">
+    <row r="315" spans="1:26">
       <c r="A315" t="s">
         <v>319</v>
       </c>
       <c r="B315">
         <v>92.35</v>
       </c>
       <c r="C315">
         <v>92.91</v>
       </c>
       <c r="D315">
         <v>92.96</v>
       </c>
     </row>
-    <row r="316" spans="1:4">
+    <row r="316" spans="1:26">
       <c r="A316" t="s">
         <v>320</v>
       </c>
       <c r="B316">
         <v>92.49</v>
       </c>
       <c r="C316">
         <v>93.06</v>
       </c>
       <c r="D316">
         <v>93.1</v>
       </c>
     </row>
-    <row r="317" spans="1:4">
+    <row r="317" spans="1:26">
       <c r="A317" t="s">
         <v>321</v>
       </c>
       <c r="B317">
         <v>92.72</v>
       </c>
       <c r="C317">
         <v>93.29</v>
       </c>
       <c r="D317">
         <v>93.34</v>
       </c>
     </row>
-    <row r="318" spans="1:4">
+    <row r="318" spans="1:26">
       <c r="A318" t="s">
         <v>322</v>
       </c>
       <c r="B318">
         <v>92.63</v>
       </c>
       <c r="C318">
         <v>93.2</v>
       </c>
       <c r="D318">
         <v>93.25</v>
       </c>
     </row>
-    <row r="319" spans="1:4">
+    <row r="319" spans="1:26">
       <c r="A319" t="s">
         <v>323</v>
       </c>
       <c r="B319">
         <v>92.68</v>
       </c>
       <c r="C319">
         <v>93.25</v>
       </c>
       <c r="D319">
         <v>93.3</v>
       </c>
     </row>
-    <row r="320" spans="1:4">
+    <row r="320" spans="1:26">
       <c r="A320" t="s">
         <v>324</v>
       </c>
       <c r="B320">
         <v>92.57</v>
       </c>
       <c r="C320">
         <v>93.14</v>
       </c>
       <c r="D320">
         <v>93.19</v>
       </c>
     </row>
-    <row r="321" spans="1:4">
+    <row r="321" spans="1:26">
       <c r="A321" t="s">
         <v>325</v>
       </c>
       <c r="B321">
         <v>92.52</v>
       </c>
       <c r="C321">
         <v>93.09</v>
       </c>
       <c r="D321">
         <v>93.14</v>
       </c>
     </row>
-    <row r="322" spans="1:4">
+    <row r="322" spans="1:26">
       <c r="A322" t="s">
         <v>326</v>
       </c>
       <c r="B322">
         <v>92.33</v>
       </c>
       <c r="C322">
         <v>92.9</v>
       </c>
       <c r="D322">
         <v>92.95</v>
       </c>
     </row>
-    <row r="323" spans="1:4">
+    <row r="323" spans="1:26">
       <c r="A323" t="s">
         <v>327</v>
       </c>
       <c r="B323">
         <v>92.44</v>
       </c>
       <c r="C323">
         <v>93.01</v>
       </c>
       <c r="D323">
         <v>93.06</v>
       </c>
     </row>
-    <row r="324" spans="1:4">
+    <row r="324" spans="1:26">
       <c r="A324" t="s">
         <v>328</v>
       </c>
       <c r="B324">
         <v>92.26</v>
       </c>
       <c r="C324">
         <v>92.84</v>
       </c>
       <c r="D324">
         <v>92.89</v>
       </c>
     </row>
-    <row r="325" spans="1:4">
+    <row r="325" spans="1:26">
       <c r="A325" t="s">
         <v>329</v>
       </c>
       <c r="B325">
         <v>92.31</v>
       </c>
       <c r="C325">
         <v>92.88</v>
       </c>
       <c r="D325">
         <v>92.94</v>
       </c>
     </row>
-    <row r="326" spans="1:4">
+    <row r="326" spans="1:26">
       <c r="A326" t="s">
         <v>330</v>
       </c>
       <c r="B326">
         <v>92.3</v>
       </c>
       <c r="C326">
         <v>92.88</v>
       </c>
       <c r="D326">
         <v>92.93</v>
       </c>
     </row>
-    <row r="327" spans="1:4">
+    <row r="327" spans="1:26">
       <c r="A327" t="s">
         <v>331</v>
       </c>
       <c r="B327">
         <v>92.54</v>
       </c>
       <c r="C327">
         <v>93.12</v>
       </c>
       <c r="D327">
         <v>93.17</v>
       </c>
     </row>
-    <row r="328" spans="1:4">
+    <row r="328" spans="1:26">
       <c r="A328" t="s">
         <v>332</v>
       </c>
       <c r="B328">
         <v>92.45</v>
       </c>
       <c r="C328">
         <v>93.04</v>
       </c>
       <c r="D328">
         <v>93.09</v>
       </c>
     </row>
-    <row r="329" spans="1:4">
+    <row r="329" spans="1:26">
       <c r="A329" t="s">
         <v>333</v>
       </c>
       <c r="B329">
         <v>92.3</v>
       </c>
       <c r="C329">
         <v>92.88</v>
       </c>
       <c r="D329">
         <v>92.94</v>
       </c>
     </row>
-    <row r="330" spans="1:4">
+    <row r="330" spans="1:26">
       <c r="A330" t="s">
         <v>334</v>
       </c>
       <c r="B330">
         <v>92.18</v>
       </c>
       <c r="C330">
         <v>92.76</v>
       </c>
       <c r="D330">
         <v>92.82</v>
       </c>
     </row>
-    <row r="331" spans="1:4">
+    <row r="331" spans="1:26">
       <c r="A331" t="s">
         <v>335</v>
       </c>
       <c r="B331">
         <v>92.12</v>
       </c>
       <c r="C331">
         <v>92.7</v>
       </c>
       <c r="D331">
         <v>92.76</v>
       </c>
     </row>
-    <row r="332" spans="1:4">
+    <row r="332" spans="1:26">
       <c r="A332" t="s">
         <v>336</v>
       </c>
       <c r="B332">
         <v>92.09</v>
       </c>
       <c r="C332">
         <v>92.68</v>
       </c>
       <c r="D332">
         <v>92.73</v>
       </c>
     </row>
-    <row r="333" spans="1:4">
+    <row r="333" spans="1:26">
       <c r="A333" t="s">
         <v>337</v>
       </c>
       <c r="B333">
         <v>91.96</v>
       </c>
       <c r="C333">
         <v>92.54</v>
       </c>
       <c r="D333">
         <v>92.6</v>
       </c>
     </row>
-    <row r="334" spans="1:4">
+    <row r="334" spans="1:26">
       <c r="A334" t="s">
         <v>338</v>
       </c>
       <c r="B334">
         <v>91.81</v>
       </c>
       <c r="C334">
         <v>92.4</v>
       </c>
       <c r="D334">
         <v>92.46</v>
       </c>
     </row>
-    <row r="335" spans="1:4">
+    <row r="335" spans="1:26">
       <c r="A335" t="s">
         <v>339</v>
       </c>
       <c r="B335">
         <v>91.4</v>
       </c>
       <c r="C335">
         <v>91.99</v>
       </c>
       <c r="D335">
         <v>92.05</v>
       </c>
     </row>
-    <row r="336" spans="1:4">
+    <row r="336" spans="1:26">
       <c r="A336" t="s">
         <v>340</v>
       </c>
       <c r="B336">
         <v>90.81</v>
       </c>
       <c r="C336">
         <v>91.39</v>
       </c>
       <c r="D336">
         <v>91.45</v>
       </c>
     </row>
-    <row r="337" spans="1:4">
+    <row r="337" spans="1:26">
       <c r="A337" t="s">
         <v>341</v>
       </c>
       <c r="B337">
         <v>89.74</v>
       </c>
       <c r="C337">
         <v>90.32</v>
       </c>
       <c r="D337">
         <v>90.38</v>
       </c>
     </row>
-    <row r="338" spans="1:4">
+    <row r="338" spans="1:26">
       <c r="A338" t="s">
         <v>342</v>
       </c>
       <c r="B338">
         <v>89.17</v>
       </c>
       <c r="C338">
         <v>89.75</v>
       </c>
       <c r="D338">
         <v>89.81</v>
       </c>
     </row>
-    <row r="339" spans="1:4">
+    <row r="339" spans="1:26">
       <c r="A339" t="s">
         <v>343</v>
       </c>
       <c r="B339">
         <v>89.43</v>
       </c>
       <c r="C339">
         <v>90.01</v>
       </c>
       <c r="D339">
         <v>90.07</v>
       </c>
     </row>
-    <row r="340" spans="1:4">
+    <row r="340" spans="1:26">
       <c r="A340" t="s">
         <v>344</v>
       </c>
       <c r="B340">
         <v>88.86</v>
       </c>
       <c r="C340">
         <v>89.44</v>
       </c>
       <c r="D340">
         <v>89.5</v>
       </c>
     </row>
-    <row r="341" spans="1:4">
+    <row r="341" spans="1:26">
       <c r="A341" t="s">
         <v>345</v>
       </c>
       <c r="B341">
         <v>88.95</v>
       </c>
       <c r="C341">
         <v>89.53</v>
       </c>
       <c r="D341">
         <v>89.59</v>
       </c>
     </row>
-    <row r="342" spans="1:4">
+    <row r="342" spans="1:26">
       <c r="A342" t="s">
         <v>346</v>
       </c>
       <c r="B342">
         <v>88.72</v>
       </c>
       <c r="C342">
         <v>89.31</v>
       </c>
       <c r="D342">
         <v>89.37</v>
       </c>
     </row>
-    <row r="343" spans="1:4">
+    <row r="343" spans="1:26">
       <c r="A343" t="s">
         <v>347</v>
       </c>
       <c r="B343">
         <v>88.77</v>
       </c>
       <c r="C343">
         <v>89.36</v>
       </c>
       <c r="D343">
         <v>89.42</v>
       </c>
     </row>
-    <row r="344" spans="1:4">
+    <row r="344" spans="1:26">
       <c r="A344" t="s">
         <v>348</v>
       </c>
       <c r="B344">
         <v>88.98</v>
       </c>
       <c r="C344">
         <v>89.56</v>
       </c>
       <c r="D344">
         <v>89.63</v>
       </c>
     </row>
-    <row r="345" spans="1:4">
+    <row r="345" spans="1:26">
       <c r="A345" t="s">
         <v>349</v>
       </c>
       <c r="B345">
         <v>89.55</v>
       </c>
       <c r="C345">
         <v>90.14</v>
       </c>
       <c r="D345">
         <v>90.2</v>
       </c>
     </row>
-    <row r="346" spans="1:4">
+    <row r="346" spans="1:26">
       <c r="A346" t="s">
         <v>350</v>
       </c>
       <c r="B346">
         <v>89.48</v>
       </c>
       <c r="C346">
         <v>90.07</v>
       </c>
       <c r="D346">
         <v>90.13</v>
       </c>
     </row>
-    <row r="347" spans="1:4">
+    <row r="347" spans="1:26">
       <c r="A347" t="s">
         <v>351</v>
       </c>
       <c r="B347">
         <v>89.08</v>
       </c>
       <c r="C347">
         <v>89.67</v>
       </c>
       <c r="D347">
         <v>89.73</v>
       </c>
     </row>
-    <row r="348" spans="1:4">
+    <row r="348" spans="1:26">
       <c r="A348" t="s">
         <v>352</v>
       </c>
       <c r="B348">
         <v>88.69</v>
       </c>
       <c r="C348">
         <v>89.28</v>
       </c>
       <c r="D348">
         <v>89.34</v>
       </c>
     </row>
-    <row r="349" spans="1:4">
+    <row r="349" spans="1:26">
       <c r="A349" t="s">
         <v>353</v>
       </c>
       <c r="B349">
         <v>88.73</v>
       </c>
       <c r="C349">
         <v>89.31</v>
       </c>
       <c r="D349">
         <v>89.38</v>
       </c>
     </row>
-    <row r="350" spans="1:4">
+    <row r="350" spans="1:26">
       <c r="A350" t="s">
         <v>354</v>
       </c>
       <c r="B350">
         <v>88.9</v>
       </c>
       <c r="C350">
         <v>89.49</v>
       </c>
       <c r="D350">
         <v>89.56</v>
       </c>
     </row>
-    <row r="351" spans="1:4">
+    <row r="351" spans="1:26">
       <c r="A351" t="s">
         <v>355</v>
       </c>
       <c r="B351">
         <v>89.38</v>
       </c>
       <c r="C351">
         <v>89.97</v>
       </c>
       <c r="D351">
         <v>90.04</v>
       </c>
     </row>
-    <row r="352" spans="1:4">
+    <row r="352" spans="1:26">
       <c r="A352" t="s">
         <v>356</v>
       </c>
       <c r="B352">
         <v>89.04</v>
       </c>
       <c r="C352">
         <v>89.64</v>
       </c>
       <c r="D352">
         <v>89.7</v>
       </c>
     </row>
-    <row r="353" spans="1:4">
+    <row r="353" spans="1:26">
       <c r="A353" t="s">
         <v>357</v>
       </c>
       <c r="B353">
         <v>89.64</v>
       </c>
       <c r="C353">
         <v>90.24</v>
       </c>
       <c r="D353">
         <v>90.31</v>
       </c>
     </row>
-    <row r="354" spans="1:4">
+    <row r="354" spans="1:26">
       <c r="A354" t="s">
         <v>358</v>
       </c>
       <c r="B354">
         <v>89.78</v>
       </c>
       <c r="C354">
         <v>90.38</v>
       </c>
       <c r="D354">
         <v>90.45</v>
       </c>
     </row>
-    <row r="355" spans="1:4">
+    <row r="355" spans="1:26">
       <c r="A355" t="s">
         <v>359</v>
       </c>
       <c r="B355">
         <v>89.6</v>
       </c>
       <c r="C355">
         <v>90.2</v>
       </c>
       <c r="D355">
         <v>90.27</v>
       </c>
     </row>
-    <row r="356" spans="1:4">
+    <row r="356" spans="1:26">
       <c r="A356" t="s">
         <v>360</v>
       </c>
       <c r="B356">
         <v>89.87</v>
       </c>
       <c r="C356">
         <v>90.48</v>
       </c>
       <c r="D356">
         <v>90.54</v>
       </c>
     </row>
-    <row r="357" spans="1:4">
+    <row r="357" spans="1:26">
       <c r="A357" t="s">
         <v>361</v>
       </c>
       <c r="B357">
         <v>90.27</v>
       </c>
       <c r="C357">
         <v>90.88</v>
       </c>
       <c r="D357">
         <v>90.95</v>
       </c>
     </row>
-    <row r="358" spans="1:4">
+    <row r="358" spans="1:26">
       <c r="A358" t="s">
         <v>362</v>
       </c>
       <c r="B358">
         <v>90.57</v>
       </c>
       <c r="C358">
         <v>91.18</v>
       </c>
       <c r="D358">
         <v>91.25</v>
       </c>
     </row>
-    <row r="359" spans="1:4">
+    <row r="359" spans="1:26">
       <c r="A359" t="s">
         <v>363</v>
       </c>
       <c r="B359">
         <v>90.49</v>
       </c>
       <c r="C359">
         <v>91.11</v>
       </c>
       <c r="D359">
         <v>91.17</v>
       </c>
     </row>
-    <row r="360" spans="1:4">
+    <row r="360" spans="1:26">
       <c r="A360" t="s">
         <v>364</v>
       </c>
       <c r="B360">
         <v>90.43</v>
       </c>
       <c r="C360">
         <v>91.04</v>
       </c>
       <c r="D360">
         <v>91.11</v>
       </c>
     </row>
-    <row r="361" spans="1:4">
+    <row r="361" spans="1:26">
       <c r="A361" t="s">
         <v>365</v>
       </c>
       <c r="B361">
         <v>90.36</v>
       </c>
       <c r="C361">
         <v>90.98</v>
       </c>
       <c r="D361">
         <v>91.05</v>
       </c>
     </row>
-    <row r="362" spans="1:4">
+    <row r="362" spans="1:26">
       <c r="A362" t="s">
         <v>366</v>
       </c>
       <c r="B362">
         <v>90.28</v>
       </c>
       <c r="C362">
         <v>90.9</v>
       </c>
       <c r="D362">
         <v>90.97</v>
       </c>
     </row>
-    <row r="363" spans="1:4">
+    <row r="363" spans="1:26">
       <c r="A363" t="s">
         <v>367</v>
       </c>
       <c r="B363">
         <v>90.8</v>
       </c>
       <c r="C363">
         <v>91.42</v>
       </c>
       <c r="D363">
         <v>91.49</v>
       </c>
     </row>
-    <row r="364" spans="1:4">
+    <row r="364" spans="1:26">
       <c r="A364" t="s">
         <v>368</v>
       </c>
       <c r="B364">
         <v>90.87</v>
       </c>
       <c r="C364">
         <v>91.5</v>
       </c>
       <c r="D364">
         <v>91.57</v>
       </c>
     </row>
-    <row r="365" spans="1:4">
+    <row r="365" spans="1:26">
       <c r="A365" t="s">
         <v>369</v>
       </c>
       <c r="B365">
         <v>91.64</v>
       </c>
       <c r="C365">
         <v>92.27</v>
       </c>
       <c r="D365">
         <v>92.34</v>
       </c>
     </row>
-    <row r="366" spans="1:4">
+    <row r="366" spans="1:26">
       <c r="A366" t="s">
         <v>370</v>
       </c>
       <c r="B366">
         <v>91.96</v>
       </c>
       <c r="C366">
         <v>92.59</v>
       </c>
       <c r="D366">
         <v>92.67</v>
       </c>
     </row>
-    <row r="367" spans="1:4">
+    <row r="367" spans="1:26">
       <c r="A367" t="s">
         <v>371</v>
       </c>
       <c r="B367">
         <v>92.01</v>
       </c>
       <c r="C367">
         <v>92.65</v>
       </c>
       <c r="D367">
         <v>92.72</v>
       </c>
     </row>
-    <row r="368" spans="1:4">
+    <row r="368" spans="1:26">
       <c r="A368" t="s">
         <v>372</v>
       </c>
       <c r="B368">
         <v>91.92</v>
       </c>
       <c r="C368">
         <v>92.56</v>
       </c>
       <c r="D368">
         <v>92.63</v>
       </c>
     </row>
-    <row r="369" spans="1:4">
+    <row r="369" spans="1:26">
       <c r="A369" t="s">
         <v>373</v>
       </c>
       <c r="B369">
         <v>92.39</v>
       </c>
       <c r="C369">
         <v>93.03</v>
       </c>
       <c r="D369">
         <v>93.1</v>
       </c>
     </row>
-    <row r="370" spans="1:4">
+    <row r="370" spans="1:26">
       <c r="A370" t="s">
         <v>374</v>
       </c>
       <c r="B370">
         <v>92.57</v>
       </c>
       <c r="C370">
         <v>93.22</v>
       </c>
       <c r="D370">
         <v>93.29</v>
       </c>
     </row>
-    <row r="371" spans="1:4">
+    <row r="371" spans="1:26">
       <c r="A371" t="s">
         <v>375</v>
       </c>
       <c r="B371">
         <v>92.76</v>
       </c>
       <c r="C371">
         <v>93.41</v>
       </c>
       <c r="D371">
         <v>93.48</v>
       </c>
     </row>
-    <row r="372" spans="1:4">
+    <row r="372" spans="1:26">
       <c r="A372" t="s">
         <v>376</v>
       </c>
       <c r="B372">
         <v>92.68</v>
       </c>
       <c r="C372">
         <v>93.33</v>
       </c>
       <c r="D372">
         <v>93.4</v>
       </c>
     </row>
-    <row r="373" spans="1:4">
+    <row r="373" spans="1:26">
       <c r="A373" t="s">
         <v>377</v>
       </c>
       <c r="B373">
         <v>92.58</v>
       </c>
       <c r="C373">
         <v>93.23</v>
       </c>
       <c r="D373">
         <v>93.3</v>
       </c>
     </row>
-    <row r="374" spans="1:4">
+    <row r="374" spans="1:26">
       <c r="A374" t="s">
         <v>378</v>
       </c>
       <c r="B374">
         <v>92.91</v>
       </c>
       <c r="C374">
         <v>93.56</v>
       </c>
       <c r="D374">
         <v>93.64</v>
       </c>
     </row>
-    <row r="375" spans="1:4">
+    <row r="375" spans="1:26">
       <c r="A375" t="s">
         <v>379</v>
       </c>
       <c r="B375">
         <v>92.56</v>
       </c>
       <c r="C375">
         <v>93.21</v>
       </c>
       <c r="D375">
         <v>93.29</v>
       </c>
     </row>
-    <row r="376" spans="1:4">
+    <row r="376" spans="1:26">
       <c r="A376" t="s">
         <v>380</v>
       </c>
       <c r="B376">
         <v>92.71</v>
       </c>
       <c r="C376">
         <v>93.37</v>
       </c>
       <c r="D376">
         <v>93.45</v>
       </c>
     </row>
-    <row r="377" spans="1:4">
+    <row r="377" spans="1:26">
       <c r="A377" t="s">
         <v>381</v>
       </c>
       <c r="B377">
         <v>92.7</v>
       </c>
       <c r="C377">
         <v>93.36</v>
       </c>
       <c r="D377">
         <v>93.44</v>
       </c>
     </row>
-    <row r="378" spans="1:4">
+    <row r="378" spans="1:26">
       <c r="A378" t="s">
         <v>382</v>
       </c>
       <c r="B378">
         <v>92.77</v>
       </c>
       <c r="C378">
         <v>93.43</v>
       </c>
       <c r="D378">
         <v>93.5</v>
       </c>
     </row>
-    <row r="379" spans="1:4">
+    <row r="379" spans="1:26">
       <c r="A379" t="s">
         <v>383</v>
       </c>
       <c r="B379">
         <v>92.8</v>
       </c>
       <c r="C379">
         <v>93.46</v>
       </c>
       <c r="D379">
         <v>93.54</v>
       </c>
     </row>
-    <row r="380" spans="1:4">
+    <row r="380" spans="1:26">
       <c r="A380" t="s">
         <v>384</v>
       </c>
       <c r="B380">
         <v>92.79</v>
       </c>
       <c r="C380">
         <v>93.44</v>
       </c>
       <c r="D380">
         <v>93.52</v>
       </c>
     </row>
-    <row r="381" spans="1:4">
+    <row r="381" spans="1:26">
       <c r="A381" t="s">
         <v>385</v>
       </c>
       <c r="B381">
         <v>92.84</v>
       </c>
       <c r="C381">
         <v>93.51</v>
       </c>
       <c r="D381">
         <v>93.59</v>
       </c>
     </row>
-    <row r="382" spans="1:4">
+    <row r="382" spans="1:26">
       <c r="A382" t="s">
         <v>386</v>
       </c>
       <c r="B382">
         <v>92.33</v>
       </c>
       <c r="C382">
-        <v>93</v>
+        <v>93.0</v>
       </c>
       <c r="D382">
         <v>93.08</v>
       </c>
     </row>
-    <row r="383" spans="1:4">
+    <row r="383" spans="1:26">
       <c r="A383" t="s">
         <v>387</v>
       </c>
       <c r="B383">
         <v>92.11</v>
       </c>
       <c r="C383">
         <v>92.77</v>
       </c>
       <c r="D383">
         <v>92.85</v>
       </c>
     </row>
-    <row r="384" spans="1:4">
+    <row r="384" spans="1:26">
       <c r="A384" t="s">
         <v>388</v>
       </c>
       <c r="B384">
         <v>91.84</v>
       </c>
       <c r="C384">
         <v>92.5</v>
       </c>
       <c r="D384">
         <v>92.58</v>
       </c>
     </row>
-    <row r="385" spans="1:4">
+    <row r="385" spans="1:26">
       <c r="A385" t="s">
         <v>389</v>
       </c>
       <c r="B385">
         <v>91.34</v>
       </c>
       <c r="C385">
-        <v>92</v>
+        <v>92.0</v>
       </c>
       <c r="D385">
         <v>92.08</v>
       </c>
     </row>
-    <row r="386" spans="1:4">
+    <row r="386" spans="1:26">
       <c r="A386" t="s">
         <v>390</v>
       </c>
       <c r="B386">
         <v>91.26</v>
       </c>
       <c r="C386">
         <v>91.92</v>
       </c>
       <c r="D386">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:4">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="387" spans="1:26">
       <c r="A387" t="s">
         <v>391</v>
       </c>
       <c r="B387">
         <v>91.21</v>
       </c>
       <c r="C387">
         <v>91.87</v>
       </c>
       <c r="D387">
         <v>91.95</v>
       </c>
     </row>
-    <row r="388" spans="1:4">
+    <row r="388" spans="1:26">
       <c r="A388" t="s">
         <v>392</v>
       </c>
       <c r="B388">
         <v>91.4</v>
       </c>
       <c r="C388">
         <v>92.06</v>
       </c>
       <c r="D388">
         <v>92.15</v>
       </c>
     </row>
-    <row r="389" spans="1:4">
+    <row r="389" spans="1:26">
       <c r="A389" t="s">
         <v>393</v>
       </c>
       <c r="B389">
         <v>91.27</v>
       </c>
       <c r="C389">
         <v>91.94</v>
       </c>
       <c r="D389">
         <v>92.02</v>
       </c>
     </row>
-    <row r="390" spans="1:4">
+    <row r="390" spans="1:26">
       <c r="A390" t="s">
         <v>394</v>
       </c>
       <c r="B390">
         <v>91.12</v>
       </c>
       <c r="C390">
         <v>91.79</v>
       </c>
       <c r="D390">
         <v>91.87</v>
       </c>
     </row>
-    <row r="391" spans="1:4">
+    <row r="391" spans="1:26">
       <c r="A391" t="s">
         <v>395</v>
       </c>
       <c r="B391">
         <v>90.74</v>
       </c>
       <c r="C391">
         <v>91.41</v>
       </c>
       <c r="D391">
         <v>91.49</v>
       </c>
     </row>
-    <row r="392" spans="1:4">
+    <row r="392" spans="1:26">
       <c r="A392" t="s">
         <v>396</v>
       </c>
       <c r="B392">
         <v>90.4</v>
       </c>
       <c r="C392">
         <v>91.06</v>
       </c>
       <c r="D392">
         <v>91.15</v>
       </c>
     </row>
-    <row r="393" spans="1:4">
+    <row r="393" spans="1:26">
       <c r="A393" t="s">
         <v>397</v>
       </c>
       <c r="B393">
         <v>90.14</v>
       </c>
       <c r="C393">
         <v>90.8</v>
       </c>
       <c r="D393">
         <v>90.89</v>
       </c>
     </row>
-    <row r="394" spans="1:4">
+    <row r="394" spans="1:26">
       <c r="A394" t="s">
         <v>398</v>
       </c>
       <c r="B394">
         <v>90.3</v>
       </c>
       <c r="C394">
         <v>90.97</v>
       </c>
       <c r="D394">
         <v>91.05</v>
       </c>
     </row>
-    <row r="395" spans="1:4">
+    <row r="395" spans="1:26">
       <c r="A395" t="s">
         <v>399</v>
       </c>
       <c r="B395">
-        <v>90</v>
+        <v>90.0</v>
       </c>
       <c r="C395">
         <v>90.66</v>
       </c>
       <c r="D395">
         <v>90.75</v>
       </c>
     </row>
-    <row r="396" spans="1:4">
+    <row r="396" spans="1:26">
       <c r="A396" t="s">
         <v>400</v>
       </c>
       <c r="B396">
         <v>89.93</v>
       </c>
       <c r="C396">
         <v>90.6</v>
       </c>
       <c r="D396">
         <v>90.68</v>
       </c>
     </row>
-    <row r="397" spans="1:4">
+    <row r="397" spans="1:26">
       <c r="A397" t="s">
         <v>401</v>
       </c>
       <c r="B397">
         <v>90.04</v>
       </c>
       <c r="C397">
         <v>90.71</v>
       </c>
       <c r="D397">
         <v>90.79</v>
       </c>
     </row>
-    <row r="398" spans="1:4">
+    <row r="398" spans="1:26">
       <c r="A398" t="s">
         <v>402</v>
       </c>
       <c r="B398">
         <v>89.92</v>
       </c>
       <c r="C398">
         <v>90.59</v>
       </c>
       <c r="D398">
         <v>90.68</v>
       </c>
     </row>
-    <row r="399" spans="1:4">
+    <row r="399" spans="1:26">
       <c r="A399" t="s">
         <v>403</v>
       </c>
       <c r="B399">
         <v>90.19</v>
       </c>
       <c r="C399">
         <v>90.86</v>
       </c>
       <c r="D399">
         <v>90.94</v>
       </c>
     </row>
-    <row r="400" spans="1:4">
+    <row r="400" spans="1:26">
       <c r="A400" t="s">
         <v>404</v>
       </c>
       <c r="B400">
         <v>90.34</v>
       </c>
       <c r="C400">
         <v>91.01</v>
       </c>
       <c r="D400">
         <v>91.1</v>
       </c>
     </row>
-    <row r="401" spans="1:4">
+    <row r="401" spans="1:26">
       <c r="A401" t="s">
         <v>405</v>
       </c>
       <c r="B401">
         <v>90.12</v>
       </c>
       <c r="C401">
         <v>90.8</v>
       </c>
       <c r="D401">
         <v>90.88</v>
       </c>
     </row>
-    <row r="402" spans="1:4">
+    <row r="402" spans="1:26">
       <c r="A402" t="s">
         <v>406</v>
       </c>
       <c r="B402">
         <v>90.02</v>
       </c>
       <c r="C402">
         <v>90.69</v>
       </c>
       <c r="D402">
         <v>90.78</v>
       </c>
     </row>
-    <row r="403" spans="1:4">
+    <row r="403" spans="1:26">
       <c r="A403" t="s">
         <v>407</v>
       </c>
       <c r="B403">
         <v>89.87</v>
       </c>
       <c r="C403">
         <v>90.54</v>
       </c>
       <c r="D403">
         <v>90.63</v>
       </c>
     </row>
-    <row r="404" spans="1:4">
+    <row r="404" spans="1:26">
       <c r="A404" t="s">
         <v>408</v>
       </c>
       <c r="B404">
         <v>89.8</v>
       </c>
       <c r="C404">
         <v>90.48</v>
       </c>
       <c r="D404">
         <v>90.57</v>
       </c>
     </row>
-    <row r="405" spans="1:4">
+    <row r="405" spans="1:26">
       <c r="A405" t="s">
         <v>409</v>
       </c>
       <c r="B405">
         <v>89.67</v>
       </c>
       <c r="C405">
         <v>90.34</v>
       </c>
       <c r="D405">
         <v>90.43</v>
       </c>
     </row>
-    <row r="406" spans="1:4">
+    <row r="406" spans="1:26">
       <c r="A406" t="s">
         <v>410</v>
       </c>
       <c r="B406">
         <v>89.38</v>
       </c>
       <c r="C406">
         <v>90.06</v>
       </c>
       <c r="D406">
         <v>90.15</v>
       </c>
     </row>
-    <row r="407" spans="1:4">
+    <row r="407" spans="1:26">
       <c r="A407" t="s">
         <v>411</v>
       </c>
       <c r="B407">
-        <v>89</v>
+        <v>88.99</v>
       </c>
       <c r="C407">
-        <v>89</v>
+        <v>89.67</v>
       </c>
       <c r="D407">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:4">
+        <v>89.76</v>
+      </c>
+    </row>
+    <row r="408" spans="1:26">
       <c r="A408" t="s">
         <v>412</v>
       </c>
       <c r="B408">
-        <v>88.99</v>
+        <v>88.7</v>
       </c>
       <c r="C408">
-        <v>89.67</v>
+        <v>89.38</v>
       </c>
       <c r="D408">
-        <v>89.76</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:4">
+        <v>89.47</v>
+      </c>
+    </row>
+    <row r="409" spans="1:26">
       <c r="A409" t="s">
         <v>413</v>
       </c>
       <c r="B409">
-        <v>88.7</v>
+        <v>88.29</v>
       </c>
       <c r="C409">
-        <v>89.38</v>
+        <v>88.97</v>
       </c>
       <c r="D409">
-        <v>89.47</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:4">
+        <v>89.06</v>
+      </c>
+    </row>
+    <row r="410" spans="1:26">
       <c r="A410" t="s">
         <v>414</v>
       </c>
       <c r="B410">
-        <v>88.29</v>
+        <v>88.07</v>
       </c>
       <c r="C410">
-        <v>88.97</v>
+        <v>88.74</v>
       </c>
       <c r="D410">
-        <v>89.06</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:4">
+        <v>88.83</v>
+      </c>
+    </row>
+    <row r="411" spans="1:26">
       <c r="A411" t="s">
         <v>415</v>
       </c>
       <c r="B411">
-        <v>88.07</v>
+        <v>87.83</v>
       </c>
       <c r="C411">
-        <v>88.74</v>
+        <v>88.5</v>
       </c>
       <c r="D411">
-        <v>88.83</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:4">
+        <v>88.59</v>
+      </c>
+    </row>
+    <row r="412" spans="1:26">
       <c r="A412" t="s">
         <v>416</v>
       </c>
       <c r="B412">
-        <v>87.83</v>
+        <v>87.51</v>
       </c>
       <c r="C412">
-        <v>88.5</v>
+        <v>88.18</v>
       </c>
       <c r="D412">
-        <v>88.59</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:4">
+        <v>88.27</v>
+      </c>
+    </row>
+    <row r="413" spans="1:26">
       <c r="A413" t="s">
         <v>417</v>
       </c>
       <c r="B413">
-        <v>87.51</v>
+        <v>87.69</v>
       </c>
       <c r="C413">
-        <v>88.18</v>
+        <v>88.37</v>
       </c>
       <c r="D413">
-        <v>88.27</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:4">
+        <v>88.46</v>
+      </c>
+    </row>
+    <row r="414" spans="1:26">
       <c r="A414" t="s">
         <v>418</v>
       </c>
       <c r="B414">
-        <v>87.69</v>
+        <v>88.18</v>
       </c>
       <c r="C414">
-        <v>88.37</v>
+        <v>88.86</v>
       </c>
       <c r="D414">
-        <v>88.46</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:4">
+        <v>88.95</v>
+      </c>
+    </row>
+    <row r="415" spans="1:26">
       <c r="A415" t="s">
         <v>419</v>
       </c>
       <c r="B415">
-        <v>88.18</v>
+        <v>88.73</v>
       </c>
       <c r="C415">
-        <v>88.86</v>
+        <v>89.42</v>
       </c>
       <c r="D415">
-        <v>88.95</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:4">
+        <v>89.51</v>
+      </c>
+    </row>
+    <row r="416" spans="1:26">
       <c r="A416" t="s">
         <v>420</v>
       </c>
       <c r="B416">
-        <v>88.73</v>
+        <v>88.23</v>
       </c>
       <c r="C416">
-        <v>89.42</v>
+        <v>88.91</v>
       </c>
       <c r="D416">
-        <v>89.51</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:4">
+        <v>89.0</v>
+      </c>
+    </row>
+    <row r="417" spans="1:26">
       <c r="A417" t="s">
         <v>421</v>
       </c>
       <c r="B417">
-        <v>88.23</v>
+        <v>87.97</v>
       </c>
       <c r="C417">
-        <v>88.91</v>
+        <v>88.66</v>
       </c>
       <c r="D417">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:4">
+        <v>88.75</v>
+      </c>
+    </row>
+    <row r="418" spans="1:26">
       <c r="A418" t="s">
         <v>422</v>
       </c>
       <c r="B418">
-        <v>87.97</v>
+        <v>87.59</v>
       </c>
       <c r="C418">
-        <v>88.66</v>
+        <v>88.27</v>
       </c>
       <c r="D418">
-        <v>88.75</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:4">
+        <v>88.36</v>
+      </c>
+    </row>
+    <row r="419" spans="1:26">
       <c r="A419" t="s">
         <v>423</v>
       </c>
       <c r="B419">
-        <v>87.59</v>
+        <v>87.13</v>
       </c>
       <c r="C419">
-        <v>88.27</v>
+        <v>87.81</v>
       </c>
       <c r="D419">
-        <v>88.36</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:4">
+        <v>87.9</v>
+      </c>
+    </row>
+    <row r="420" spans="1:26">
       <c r="A420" t="s">
         <v>424</v>
       </c>
       <c r="B420">
-        <v>87.13</v>
+        <v>87.12</v>
       </c>
       <c r="C420">
-        <v>87.81</v>
+        <v>87.8</v>
       </c>
       <c r="D420">
-        <v>87.9</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:4">
+        <v>87.89</v>
+      </c>
+    </row>
+    <row r="421" spans="1:26">
       <c r="A421" t="s">
         <v>425</v>
       </c>
       <c r="B421">
-        <v>87.12</v>
+        <v>86.99</v>
       </c>
       <c r="C421">
-        <v>87.8</v>
+        <v>87.67</v>
       </c>
       <c r="D421">
-        <v>87.89</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:4">
+        <v>87.77</v>
+      </c>
+    </row>
+    <row r="422" spans="1:26">
       <c r="A422" t="s">
         <v>426</v>
       </c>
       <c r="B422">
-        <v>86.99</v>
+        <v>86.76</v>
       </c>
       <c r="C422">
-        <v>87.67</v>
+        <v>87.44</v>
       </c>
       <c r="D422">
-        <v>87.77</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:4">
+        <v>87.54</v>
+      </c>
+    </row>
+    <row r="423" spans="1:26">
       <c r="A423" t="s">
         <v>427</v>
       </c>
       <c r="B423">
-        <v>86.76</v>
+        <v>86.69</v>
       </c>
       <c r="C423">
-        <v>87.44</v>
+        <v>87.37</v>
       </c>
       <c r="D423">
-        <v>87.54</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:4">
+        <v>87.47</v>
+      </c>
+    </row>
+    <row r="424" spans="1:26">
       <c r="A424" t="s">
         <v>428</v>
       </c>
       <c r="B424">
-        <v>86.69</v>
+        <v>86.87</v>
       </c>
       <c r="C424">
-        <v>87.37</v>
+        <v>87.55</v>
       </c>
       <c r="D424">
-        <v>87.47</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:4">
+        <v>87.65</v>
+      </c>
+    </row>
+    <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>429</v>
       </c>
       <c r="B425">
-        <v>86.87</v>
+        <v>87.0</v>
       </c>
       <c r="C425">
-        <v>87.55</v>
+        <v>87.69</v>
       </c>
       <c r="D425">
-        <v>87.65</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:4">
+        <v>87.78</v>
+      </c>
+    </row>
+    <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>430</v>
       </c>
       <c r="B426">
-        <v>87</v>
+        <v>86.63</v>
       </c>
       <c r="C426">
-        <v>87.69</v>
+        <v>87.31</v>
       </c>
       <c r="D426">
-        <v>87.78</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:4">
+        <v>87.41</v>
+      </c>
+    </row>
+    <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>431</v>
       </c>
       <c r="B427">
-        <v>86.63</v>
+        <v>86.48</v>
       </c>
       <c r="C427">
-        <v>87.31</v>
+        <v>87.17</v>
       </c>
       <c r="D427">
-        <v>87.41</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:4">
+        <v>87.26</v>
+      </c>
+    </row>
+    <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>432</v>
       </c>
       <c r="B428">
-        <v>86.48</v>
+        <v>86.43</v>
       </c>
       <c r="C428">
-        <v>87.17</v>
+        <v>87.12</v>
       </c>
       <c r="D428">
-        <v>87.26</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:4">
+        <v>87.21</v>
+      </c>
+    </row>
+    <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>433</v>
       </c>
       <c r="B429">
-        <v>86.43</v>
+        <v>86.72</v>
       </c>
       <c r="C429">
-        <v>87.12</v>
+        <v>87.41</v>
       </c>
       <c r="D429">
-        <v>87.21</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:4">
+        <v>87.5</v>
+      </c>
+    </row>
+    <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>434</v>
       </c>
       <c r="B430">
-        <v>86.72</v>
+        <v>87.21</v>
       </c>
       <c r="C430">
-        <v>87.41</v>
+        <v>87.92</v>
       </c>
       <c r="D430">
-        <v>87.5</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:4">
+        <v>88.01</v>
+      </c>
+    </row>
+    <row r="431" spans="1:26">
       <c r="A431" t="s">
         <v>435</v>
       </c>
       <c r="B431">
-        <v>87.21</v>
+        <v>87.46</v>
       </c>
       <c r="C431">
-        <v>87.92</v>
+        <v>88.17</v>
       </c>
       <c r="D431">
-        <v>88.01</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:4">
+        <v>88.25</v>
+      </c>
+    </row>
+    <row r="432" spans="1:26">
       <c r="A432" t="s">
         <v>436</v>
       </c>
       <c r="B432">
-        <v>87.46</v>
+        <v>88.08</v>
       </c>
       <c r="C432">
-        <v>88.17</v>
+        <v>88.8</v>
       </c>
       <c r="D432">
-        <v>88.25</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4">
+        <v>88.88</v>
+      </c>
+    </row>
+    <row r="433" spans="1:26">
       <c r="A433" t="s">
         <v>437</v>
       </c>
       <c r="B433">
-        <v>88.08</v>
+        <v>87.67</v>
       </c>
       <c r="C433">
-        <v>88.8</v>
+        <v>88.38</v>
       </c>
       <c r="D433">
-        <v>88.88</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4">
+        <v>88.47</v>
+      </c>
+    </row>
+    <row r="434" spans="1:26">
       <c r="A434" t="s">
         <v>438</v>
       </c>
       <c r="B434">
-        <v>87.67</v>
+        <v>87.73</v>
       </c>
       <c r="C434">
-        <v>88.38</v>
+        <v>88.44</v>
       </c>
       <c r="D434">
-        <v>88.47</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4">
+        <v>88.53</v>
+      </c>
+    </row>
+    <row r="435" spans="1:26">
       <c r="A435" t="s">
         <v>439</v>
       </c>
       <c r="B435">
-        <v>87.73</v>
+        <v>87.94</v>
       </c>
       <c r="C435">
-        <v>88.44</v>
+        <v>88.66</v>
       </c>
       <c r="D435">
-        <v>88.53</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:4">
+        <v>88.75</v>
+      </c>
+    </row>
+    <row r="436" spans="1:26">
       <c r="A436" t="s">
         <v>440</v>
       </c>
       <c r="B436">
-        <v>87.94</v>
+        <v>87.56</v>
       </c>
       <c r="C436">
-        <v>88.66</v>
+        <v>88.28</v>
       </c>
       <c r="D436">
-        <v>88.75</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4">
+        <v>88.37</v>
+      </c>
+    </row>
+    <row r="437" spans="1:26">
       <c r="A437" t="s">
         <v>441</v>
       </c>
       <c r="B437">
-        <v>87.56</v>
+        <v>87.58</v>
       </c>
       <c r="C437">
-        <v>88.28</v>
+        <v>88.3</v>
       </c>
       <c r="D437">
-        <v>88.37</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:4">
+        <v>88.39</v>
+      </c>
+    </row>
+    <row r="438" spans="1:26">
       <c r="A438" t="s">
         <v>442</v>
       </c>
       <c r="B438">
         <v>87.58</v>
       </c>
       <c r="C438">
         <v>88.3</v>
       </c>
       <c r="D438">
         <v>88.39</v>
       </c>
     </row>
-    <row r="439" spans="1:4">
+    <row r="439" spans="1:26">
       <c r="A439" t="s">
         <v>443</v>
       </c>
       <c r="B439">
-        <v>87.58</v>
+        <v>87.78</v>
       </c>
       <c r="C439">
-        <v>88.3</v>
+        <v>88.5</v>
       </c>
       <c r="D439">
-        <v>88.39</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:4">
+        <v>88.59</v>
+      </c>
+    </row>
+    <row r="440" spans="1:26">
       <c r="A440" t="s">
         <v>444</v>
       </c>
       <c r="B440">
-        <v>87.78</v>
+        <v>88.09</v>
       </c>
       <c r="C440">
-        <v>88.5</v>
+        <v>88.82</v>
       </c>
       <c r="D440">
-        <v>88.59</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:4">
+        <v>88.91</v>
+      </c>
+    </row>
+    <row r="441" spans="1:26">
       <c r="A441" t="s">
         <v>445</v>
       </c>
       <c r="B441">
-        <v>88.09</v>
+        <v>88.86</v>
       </c>
       <c r="C441">
-        <v>88.82</v>
+        <v>89.6</v>
       </c>
       <c r="D441">
-        <v>88.91</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:4">
+        <v>89.69</v>
+      </c>
+    </row>
+    <row r="442" spans="1:26">
       <c r="A442" t="s">
         <v>446</v>
       </c>
       <c r="B442">
-        <v>88.86</v>
+        <v>88.93</v>
       </c>
       <c r="C442">
-        <v>89.6</v>
+        <v>89.67</v>
       </c>
       <c r="D442">
-        <v>89.69</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:4">
+        <v>89.76</v>
+      </c>
+    </row>
+    <row r="443" spans="1:26">
       <c r="A443" t="s">
         <v>447</v>
       </c>
       <c r="B443">
-        <v>88.93</v>
+        <v>89.12</v>
       </c>
       <c r="C443">
-        <v>89.67</v>
+        <v>89.87</v>
       </c>
       <c r="D443">
-        <v>89.76</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:4">
+        <v>89.96</v>
+      </c>
+    </row>
+    <row r="444" spans="1:26">
       <c r="A444" t="s">
         <v>448</v>
       </c>
       <c r="B444">
-        <v>89.12</v>
+        <v>89.38</v>
       </c>
       <c r="C444">
-        <v>89.87</v>
+        <v>90.13</v>
       </c>
       <c r="D444">
-        <v>89.96</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:4">
+        <v>90.21</v>
+      </c>
+    </row>
+    <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>449</v>
       </c>
       <c r="B445">
-        <v>89.38</v>
+        <v>89.3</v>
       </c>
       <c r="C445">
-        <v>90.13</v>
+        <v>90.05</v>
       </c>
       <c r="D445">
-        <v>90.21</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:4">
+        <v>90.14</v>
+      </c>
+    </row>
+    <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>450</v>
       </c>
       <c r="B446">
-        <v>89.3</v>
+        <v>89.4</v>
       </c>
       <c r="C446">
-        <v>90.05</v>
+        <v>90.15</v>
       </c>
       <c r="D446">
-        <v>90.14</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:4">
+        <v>90.23</v>
+      </c>
+    </row>
+    <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>451</v>
       </c>
       <c r="B447">
-        <v>89.4</v>
+        <v>89.49</v>
       </c>
       <c r="C447">
-        <v>90.15</v>
+        <v>90.25</v>
       </c>
       <c r="D447">
-        <v>90.23</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:4">
+        <v>90.34</v>
+      </c>
+    </row>
+    <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>452</v>
       </c>
       <c r="B448">
-        <v>89.49</v>
+        <v>89.64</v>
       </c>
       <c r="C448">
-        <v>90.25</v>
+        <v>90.4</v>
       </c>
       <c r="D448">
-        <v>90.34</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:4">
+        <v>90.49</v>
+      </c>
+    </row>
+    <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>453</v>
       </c>
       <c r="B449">
-        <v>89.64</v>
+        <v>89.81</v>
       </c>
       <c r="C449">
-        <v>90.4</v>
+        <v>90.57</v>
       </c>
       <c r="D449">
-        <v>90.49</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:4">
+        <v>90.66</v>
+      </c>
+    </row>
+    <row r="450" spans="1:26">
       <c r="A450" t="s">
         <v>454</v>
       </c>
       <c r="B450">
-        <v>89.81</v>
+        <v>90.15</v>
       </c>
       <c r="C450">
-        <v>90.57</v>
+        <v>90.92</v>
       </c>
       <c r="D450">
-        <v>90.66</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:4">
+        <v>91.01</v>
+      </c>
+    </row>
+    <row r="451" spans="1:26">
       <c r="A451" t="s">
         <v>455</v>
       </c>
       <c r="B451">
-        <v>90.15</v>
+        <v>89.96</v>
       </c>
       <c r="C451">
-        <v>90.92</v>
+        <v>90.72</v>
       </c>
       <c r="D451">
-        <v>91.01</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:4">
+        <v>90.81</v>
+      </c>
+    </row>
+    <row r="452" spans="1:26">
       <c r="A452" t="s">
         <v>456</v>
       </c>
       <c r="B452">
-        <v>89.96</v>
+        <v>89.97</v>
       </c>
       <c r="C452">
-        <v>90.72</v>
+        <v>90.74</v>
       </c>
       <c r="D452">
-        <v>90.81</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:4">
+        <v>90.82</v>
+      </c>
+    </row>
+    <row r="453" spans="1:26">
       <c r="A453" t="s">
         <v>457</v>
       </c>
       <c r="B453">
-        <v>89.97</v>
+        <v>90.19</v>
       </c>
       <c r="C453">
-        <v>90.74</v>
+        <v>90.96</v>
       </c>
       <c r="D453">
-        <v>90.82</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:4">
+        <v>91.05</v>
+      </c>
+    </row>
+    <row r="454" spans="1:26">
       <c r="A454" t="s">
         <v>458</v>
       </c>
       <c r="B454">
-        <v>90.19</v>
+        <v>90.2</v>
       </c>
       <c r="C454">
-        <v>90.96</v>
+        <v>90.98</v>
       </c>
       <c r="D454">
-        <v>91.05</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:4">
+        <v>91.06</v>
+      </c>
+    </row>
+    <row r="455" spans="1:26">
       <c r="A455" t="s">
         <v>459</v>
       </c>
       <c r="B455">
-        <v>90.2</v>
+        <v>90.73</v>
       </c>
       <c r="C455">
-        <v>90.98</v>
+        <v>91.51</v>
       </c>
       <c r="D455">
-        <v>91.06</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:4">
+        <v>91.6</v>
+      </c>
+    </row>
+    <row r="456" spans="1:26">
       <c r="A456" t="s">
         <v>460</v>
       </c>
       <c r="B456">
-        <v>90.73</v>
+        <v>90.67</v>
       </c>
       <c r="C456">
-        <v>91.51</v>
+        <v>91.45</v>
       </c>
       <c r="D456">
-        <v>91.6</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:4">
+        <v>91.54</v>
+      </c>
+    </row>
+    <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>461</v>
       </c>
       <c r="B457">
-        <v>90.67</v>
+        <v>90.73</v>
       </c>
       <c r="C457">
-        <v>91.45</v>
+        <v>91.52</v>
       </c>
       <c r="D457">
-        <v>91.54</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:4">
+        <v>91.6</v>
+      </c>
+    </row>
+    <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>462</v>
       </c>
       <c r="B458">
-        <v>90.73</v>
+        <v>90.91</v>
       </c>
       <c r="C458">
-        <v>91.52</v>
+        <v>91.7</v>
       </c>
       <c r="D458">
-        <v>91.6</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:4">
+        <v>91.78</v>
+      </c>
+    </row>
+    <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>463</v>
       </c>
       <c r="B459">
-        <v>90.91</v>
+        <v>90.96</v>
       </c>
       <c r="C459">
-        <v>91.7</v>
+        <v>91.76</v>
       </c>
       <c r="D459">
-        <v>91.78</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:4">
+        <v>91.84</v>
+      </c>
+    </row>
+    <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>464</v>
       </c>
       <c r="B460">
-        <v>90.96</v>
+        <v>90.86</v>
       </c>
       <c r="C460">
-        <v>91.76</v>
+        <v>91.65</v>
       </c>
       <c r="D460">
-        <v>91.84</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:4">
+        <v>91.74</v>
+      </c>
+    </row>
+    <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>465</v>
       </c>
       <c r="B461">
-        <v>90.86</v>
+        <v>90.64</v>
       </c>
       <c r="C461">
-        <v>91.65</v>
+        <v>91.43</v>
       </c>
       <c r="D461">
-        <v>91.74</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:4">
+        <v>91.52</v>
+      </c>
+    </row>
+    <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>466</v>
       </c>
       <c r="B462">
-        <v>90.64</v>
+        <v>90.57</v>
       </c>
       <c r="C462">
-        <v>91.43</v>
+        <v>91.36</v>
       </c>
       <c r="D462">
-        <v>91.52</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:4">
+        <v>91.45</v>
+      </c>
+    </row>
+    <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>467</v>
       </c>
       <c r="B463">
-        <v>90.57</v>
+        <v>90.79</v>
       </c>
       <c r="C463">
-        <v>91.36</v>
+        <v>91.58</v>
       </c>
       <c r="D463">
-        <v>91.45</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:4">
+        <v>91.67</v>
+      </c>
+    </row>
+    <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>468</v>
       </c>
       <c r="B464">
-        <v>90.79</v>
+        <v>90.88</v>
       </c>
       <c r="C464">
-        <v>91.58</v>
+        <v>91.68</v>
       </c>
       <c r="D464">
-        <v>91.67</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:4">
+        <v>91.77</v>
+      </c>
+    </row>
+    <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>469</v>
       </c>
       <c r="B465">
-        <v>90.88</v>
+        <v>90.5</v>
       </c>
       <c r="C465">
-        <v>91.68</v>
+        <v>91.29</v>
       </c>
       <c r="D465">
-        <v>91.77</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:4">
+        <v>91.38</v>
+      </c>
+    </row>
+    <row r="466" spans="1:26">
       <c r="A466" t="s">
         <v>470</v>
       </c>
       <c r="B466">
-        <v>90.5</v>
+        <v>90.26</v>
       </c>
       <c r="C466">
-        <v>91.29</v>
+        <v>91.05</v>
       </c>
       <c r="D466">
-        <v>91.38</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:4">
+        <v>91.15</v>
+      </c>
+    </row>
+    <row r="467" spans="1:26">
       <c r="A467" t="s">
         <v>471</v>
       </c>
       <c r="B467">
-        <v>90.26</v>
+        <v>90.22</v>
       </c>
       <c r="C467">
-        <v>91.05</v>
+        <v>91.01</v>
       </c>
       <c r="D467">
-        <v>91.15</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:4">
+        <v>91.1</v>
+      </c>
+    </row>
+    <row r="468" spans="1:26">
       <c r="A468" t="s">
         <v>472</v>
       </c>
       <c r="B468">
-        <v>90.22</v>
+        <v>90.01</v>
       </c>
       <c r="C468">
-        <v>91.01</v>
+        <v>90.8</v>
       </c>
       <c r="D468">
-        <v>91.1</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:4">
+        <v>90.89</v>
+      </c>
+    </row>
+    <row r="469" spans="1:26">
       <c r="A469" t="s">
         <v>473</v>
       </c>
       <c r="B469">
-        <v>90.01</v>
+        <v>89.97</v>
       </c>
       <c r="C469">
-        <v>90.8</v>
+        <v>90.76</v>
       </c>
       <c r="D469">
-        <v>90.89</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:4">
+        <v>90.86</v>
+      </c>
+    </row>
+    <row r="470" spans="1:26">
       <c r="A470" t="s">
         <v>474</v>
       </c>
       <c r="B470">
         <v>89.97</v>
       </c>
       <c r="C470">
         <v>90.76</v>
       </c>
       <c r="D470">
         <v>90.86</v>
       </c>
     </row>
-    <row r="471" spans="1:4">
+    <row r="471" spans="1:26">
       <c r="A471" t="s">
         <v>475</v>
       </c>
       <c r="B471">
-        <v>89.97</v>
+        <v>89.9</v>
       </c>
       <c r="C471">
-        <v>90.76</v>
+        <v>90.69</v>
       </c>
       <c r="D471">
-        <v>90.86</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:4">
+        <v>90.79</v>
+      </c>
+    </row>
+    <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>476</v>
       </c>
       <c r="B472">
-        <v>89.9</v>
+        <v>89.77</v>
       </c>
       <c r="C472">
-        <v>90.69</v>
+        <v>90.57</v>
       </c>
       <c r="D472">
-        <v>90.79</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:4">
+        <v>90.67</v>
+      </c>
+    </row>
+    <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>477</v>
       </c>
       <c r="B473">
-        <v>89.77</v>
+        <v>89.8</v>
       </c>
       <c r="C473">
-        <v>90.57</v>
+        <v>90.6</v>
       </c>
       <c r="D473">
-        <v>90.67</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:4">
+        <v>90.7</v>
+      </c>
+    </row>
+    <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>478</v>
       </c>
       <c r="B474">
-        <v>89.8</v>
+        <v>89.87</v>
       </c>
       <c r="C474">
-        <v>90.6</v>
+        <v>90.67</v>
       </c>
       <c r="D474">
-        <v>90.7</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:4">
+        <v>90.77</v>
+      </c>
+    </row>
+    <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>479</v>
       </c>
       <c r="B475">
-        <v>89.87</v>
+        <v>89.68</v>
       </c>
       <c r="C475">
-        <v>90.67</v>
+        <v>90.48</v>
       </c>
       <c r="D475">
-        <v>90.77</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:4">
+        <v>90.59</v>
+      </c>
+    </row>
+    <row r="476" spans="1:26">
       <c r="A476" t="s">
         <v>480</v>
       </c>
       <c r="B476">
-        <v>89.68</v>
+        <v>89.78</v>
       </c>
       <c r="C476">
-        <v>90.48</v>
+        <v>90.59</v>
       </c>
       <c r="D476">
-        <v>90.59</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:4">
+        <v>90.69</v>
+      </c>
+    </row>
+    <row r="477" spans="1:26">
       <c r="A477" t="s">
         <v>481</v>
       </c>
       <c r="B477">
-        <v>89.78</v>
+        <v>89.91</v>
       </c>
       <c r="C477">
-        <v>90.59</v>
+        <v>90.71</v>
       </c>
       <c r="D477">
-        <v>90.69</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:4">
+        <v>90.82</v>
+      </c>
+    </row>
+    <row r="478" spans="1:26">
       <c r="A478" t="s">
         <v>482</v>
       </c>
       <c r="B478">
-        <v>89.91</v>
+        <v>90.07</v>
       </c>
       <c r="C478">
-        <v>90.71</v>
+        <v>90.88</v>
       </c>
       <c r="D478">
-        <v>90.82</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:4">
+        <v>90.99</v>
+      </c>
+    </row>
+    <row r="479" spans="1:26">
       <c r="A479" t="s">
         <v>483</v>
       </c>
       <c r="B479">
-        <v>90.07</v>
+        <v>90.01</v>
       </c>
       <c r="C479">
-        <v>90.88</v>
+        <v>90.82</v>
       </c>
       <c r="D479">
-        <v>90.99</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:4">
+        <v>90.93</v>
+      </c>
+    </row>
+    <row r="480" spans="1:26">
       <c r="A480" t="s">
         <v>484</v>
       </c>
       <c r="B480">
-        <v>90.01</v>
+        <v>90.16</v>
       </c>
       <c r="C480">
-        <v>90.82</v>
+        <v>90.97</v>
       </c>
       <c r="D480">
-        <v>90.93</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:4">
+        <v>91.08</v>
+      </c>
+    </row>
+    <row r="481" spans="1:26">
       <c r="A481" t="s">
         <v>485</v>
       </c>
       <c r="B481">
-        <v>90.16</v>
+        <v>90.24</v>
       </c>
       <c r="C481">
-        <v>90.97</v>
+        <v>91.05</v>
       </c>
       <c r="D481">
-        <v>91.08</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:4">
+        <v>91.16</v>
+      </c>
+    </row>
+    <row r="482" spans="1:26">
       <c r="A482" t="s">
         <v>486</v>
       </c>
       <c r="B482">
-        <v>90.24</v>
+        <v>90.1</v>
       </c>
       <c r="C482">
-        <v>91.05</v>
+        <v>90.91</v>
       </c>
       <c r="D482">
-        <v>91.16</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:4">
+        <v>91.02</v>
+      </c>
+    </row>
+    <row r="483" spans="1:26">
       <c r="A483" t="s">
         <v>487</v>
       </c>
       <c r="B483">
-        <v>90.1</v>
+        <v>90.3</v>
       </c>
       <c r="C483">
-        <v>90.91</v>
+        <v>91.12</v>
       </c>
       <c r="D483">
-        <v>91.02</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:4">
+        <v>91.23</v>
+      </c>
+    </row>
+    <row r="484" spans="1:26">
       <c r="A484" t="s">
         <v>488</v>
       </c>
       <c r="B484">
-        <v>90.3</v>
+        <v>90.45</v>
       </c>
       <c r="C484">
-        <v>91.12</v>
+        <v>91.27</v>
       </c>
       <c r="D484">
-        <v>91.23</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:4">
+        <v>91.38</v>
+      </c>
+    </row>
+    <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>489</v>
       </c>
       <c r="B485">
-        <v>90.45</v>
+        <v>90.53</v>
       </c>
       <c r="C485">
-        <v>91.27</v>
+        <v>91.36</v>
       </c>
       <c r="D485">
-        <v>91.38</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:4">
+        <v>91.47</v>
+      </c>
+    </row>
+    <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>490</v>
       </c>
       <c r="B486">
-        <v>90.53</v>
+        <v>90.64</v>
       </c>
       <c r="C486">
-        <v>91.36</v>
+        <v>91.46</v>
       </c>
       <c r="D486">
-        <v>91.47</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:4">
+        <v>91.57</v>
+      </c>
+    </row>
+    <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>491</v>
       </c>
       <c r="B487">
-        <v>90.64</v>
+        <v>90.82</v>
       </c>
       <c r="C487">
-        <v>91.46</v>
+        <v>91.65</v>
       </c>
       <c r="D487">
-        <v>91.57</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:4">
+        <v>91.77</v>
+      </c>
+    </row>
+    <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>492</v>
       </c>
       <c r="B488">
-        <v>90.82</v>
+        <v>90.92</v>
       </c>
       <c r="C488">
-        <v>91.65</v>
+        <v>91.76</v>
       </c>
       <c r="D488">
-        <v>91.77</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:4">
+        <v>91.87</v>
+      </c>
+    </row>
+    <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>493</v>
       </c>
       <c r="B489">
-        <v>90.92</v>
+        <v>90.87</v>
       </c>
       <c r="C489">
-        <v>91.76</v>
+        <v>91.7</v>
       </c>
       <c r="D489">
-        <v>91.87</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:4">
+        <v>91.82</v>
+      </c>
+    </row>
+    <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>494</v>
       </c>
       <c r="B490">
-        <v>90.87</v>
+        <v>90.81</v>
       </c>
       <c r="C490">
-        <v>91.7</v>
+        <v>91.64</v>
       </c>
       <c r="D490">
-        <v>91.82</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:4">
+        <v>91.76</v>
+      </c>
+    </row>
+    <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>495</v>
       </c>
       <c r="B491">
         <v>90.81</v>
       </c>
       <c r="C491">
         <v>91.64</v>
       </c>
       <c r="D491">
         <v>91.76</v>
       </c>
     </row>
-    <row r="492" spans="1:4">
+    <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>496</v>
       </c>
       <c r="B492">
-        <v>90.81</v>
+        <v>90.92</v>
       </c>
       <c r="C492">
-        <v>91.64</v>
+        <v>91.76</v>
       </c>
       <c r="D492">
-        <v>91.76</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:4">
+        <v>91.88</v>
+      </c>
+    </row>
+    <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>497</v>
       </c>
       <c r="B493">
-        <v>90.92</v>
+        <v>91.02</v>
       </c>
       <c r="C493">
-        <v>91.76</v>
+        <v>91.86</v>
       </c>
       <c r="D493">
-        <v>91.88</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:4">
+        <v>91.98</v>
+      </c>
+    </row>
+    <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>498</v>
       </c>
       <c r="B494">
-        <v>91.02</v>
+        <v>91.03</v>
       </c>
       <c r="C494">
-        <v>91.86</v>
+        <v>91.87</v>
       </c>
       <c r="D494">
-        <v>91.98</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:4">
+        <v>91.99</v>
+      </c>
+    </row>
+    <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>499</v>
       </c>
       <c r="B495">
-        <v>91.03</v>
+        <v>91.07</v>
       </c>
       <c r="C495">
-        <v>91.87</v>
+        <v>91.91</v>
       </c>
       <c r="D495">
-        <v>91.99</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:4">
+        <v>92.03</v>
+      </c>
+    </row>
+    <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>500</v>
       </c>
       <c r="B496">
-        <v>91.07</v>
+        <v>90.91</v>
       </c>
       <c r="C496">
-        <v>91.91</v>
+        <v>91.76</v>
       </c>
       <c r="D496">
-        <v>92.03</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:4">
+        <v>91.88</v>
+      </c>
+    </row>
+    <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>501</v>
       </c>
       <c r="B497">
-        <v>90.91</v>
+        <v>90.97</v>
       </c>
       <c r="C497">
-        <v>91.76</v>
+        <v>91.82</v>
       </c>
       <c r="D497">
-        <v>91.88</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:4">
+        <v>91.93</v>
+      </c>
+    </row>
+    <row r="498" spans="1:26">
       <c r="A498" t="s">
         <v>502</v>
       </c>
       <c r="B498">
-        <v>90.97</v>
+        <v>91.07</v>
       </c>
       <c r="C498">
-        <v>91.82</v>
+        <v>91.93</v>
       </c>
       <c r="D498">
-        <v>91.93</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:4">
+        <v>92.04</v>
+      </c>
+    </row>
+    <row r="499" spans="1:26">
       <c r="A499" t="s">
         <v>503</v>
       </c>
       <c r="B499">
-        <v>91.07</v>
+        <v>91.54</v>
       </c>
       <c r="C499">
-        <v>91.93</v>
+        <v>92.4</v>
       </c>
       <c r="D499">
-        <v>92.04</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:4">
+        <v>92.52</v>
+      </c>
+    </row>
+    <row r="500" spans="1:26">
       <c r="A500" t="s">
         <v>504</v>
       </c>
       <c r="B500">
-        <v>91.54</v>
+        <v>91.58</v>
       </c>
       <c r="C500">
-        <v>92.4</v>
+        <v>92.44</v>
       </c>
       <c r="D500">
-        <v>92.52</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:4">
+        <v>92.56</v>
+      </c>
+    </row>
+    <row r="501" spans="1:26">
       <c r="A501" t="s">
         <v>505</v>
       </c>
       <c r="B501">
-        <v>91.58</v>
+        <v>91.48</v>
       </c>
       <c r="C501">
-        <v>92.44</v>
+        <v>92.34</v>
       </c>
       <c r="D501">
-        <v>92.56</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:4">
+        <v>92.46</v>
+      </c>
+    </row>
+    <row r="502" spans="1:26">
       <c r="A502" t="s">
         <v>506</v>
       </c>
       <c r="B502">
-        <v>91.48</v>
+        <v>91.32</v>
       </c>
       <c r="C502">
-        <v>92.34</v>
+        <v>92.18</v>
       </c>
       <c r="D502">
-        <v>92.46</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:4">
+        <v>92.3</v>
+      </c>
+    </row>
+    <row r="503" spans="1:26">
       <c r="A503" t="s">
         <v>507</v>
       </c>
       <c r="B503">
-        <v>91.32</v>
+        <v>91.42</v>
       </c>
       <c r="C503">
-        <v>92.18</v>
+        <v>92.28</v>
       </c>
       <c r="D503">
-        <v>92.3</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:4">
+        <v>92.4</v>
+      </c>
+    </row>
+    <row r="504" spans="1:26">
       <c r="A504" t="s">
         <v>508</v>
       </c>
       <c r="B504">
-        <v>91.42</v>
+        <v>91.48</v>
       </c>
       <c r="C504">
-        <v>92.28</v>
+        <v>92.34</v>
       </c>
       <c r="D504">
-        <v>92.4</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:4">
+        <v>92.46</v>
+      </c>
+    </row>
+    <row r="505" spans="1:26">
       <c r="A505" t="s">
         <v>509</v>
       </c>
       <c r="B505">
-        <v>91.48</v>
+        <v>91.37</v>
       </c>
       <c r="C505">
-        <v>92.34</v>
+        <v>92.24</v>
       </c>
       <c r="D505">
-        <v>92.46</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:4">
+        <v>92.36</v>
+      </c>
+    </row>
+    <row r="506" spans="1:26">
       <c r="A506" t="s">
         <v>510</v>
       </c>
       <c r="B506">
-        <v>91.37</v>
+        <v>91.25</v>
       </c>
       <c r="C506">
+        <v>92.11</v>
+      </c>
+      <c r="D506">
         <v>92.24</v>
       </c>
-      <c r="D506">
-[...3 lines deleted...]
-    <row r="507" spans="1:4">
+    </row>
+    <row r="507" spans="1:26">
       <c r="A507" t="s">
         <v>511</v>
       </c>
       <c r="B507">
-        <v>91.25</v>
+        <v>91.1</v>
       </c>
       <c r="C507">
-        <v>92.11</v>
+        <v>91.97</v>
       </c>
       <c r="D507">
-        <v>92.24</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:4">
+        <v>92.09</v>
+      </c>
+    </row>
+    <row r="508" spans="1:26">
       <c r="A508" t="s">
         <v>512</v>
       </c>
       <c r="B508">
-        <v>91.1</v>
+        <v>91.11</v>
       </c>
       <c r="C508">
-        <v>91.97</v>
+        <v>91.98</v>
       </c>
       <c r="D508">
-        <v>92.09</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:4">
+        <v>92.1</v>
+      </c>
+    </row>
+    <row r="509" spans="1:26">
       <c r="A509" t="s">
         <v>513</v>
       </c>
       <c r="B509">
-        <v>91.11</v>
+        <v>91.15</v>
       </c>
       <c r="C509">
-        <v>91.98</v>
+        <v>92.04</v>
       </c>
       <c r="D509">
-        <v>92.1</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:4">
+        <v>92.15</v>
+      </c>
+    </row>
+    <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>514</v>
       </c>
       <c r="B510">
-        <v>91.15</v>
+        <v>91.14</v>
       </c>
       <c r="C510">
-        <v>92.04</v>
+        <v>92.01</v>
       </c>
       <c r="D510">
-        <v>92.15</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:4">
+        <v>92.14</v>
+      </c>
+    </row>
+    <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>515</v>
       </c>
       <c r="B511">
-        <v>91.14</v>
+        <v>91.07</v>
       </c>
       <c r="C511">
-        <v>92.01</v>
+        <v>91.95</v>
       </c>
       <c r="D511">
-        <v>92.14</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:4">
+        <v>92.07</v>
+      </c>
+    </row>
+    <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>516</v>
       </c>
       <c r="B512">
-        <v>91.07</v>
+        <v>90.92</v>
       </c>
       <c r="C512">
-        <v>91.95</v>
+        <v>91.81</v>
       </c>
       <c r="D512">
-        <v>92.07</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:4">
+        <v>91.93</v>
+      </c>
+    </row>
+    <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>517</v>
       </c>
       <c r="B513">
-        <v>90.92</v>
+        <v>90.85</v>
       </c>
       <c r="C513">
-        <v>91.81</v>
+        <v>91.73</v>
       </c>
       <c r="D513">
-        <v>91.93</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:4">
+        <v>91.85</v>
+      </c>
+    </row>
+    <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>518</v>
       </c>
       <c r="B514">
-        <v>90.85</v>
+        <v>90.91</v>
       </c>
       <c r="C514">
-        <v>91.73</v>
+        <v>91.79</v>
       </c>
       <c r="D514">
-        <v>91.85</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:4">
+        <v>91.92</v>
+      </c>
+    </row>
+    <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>519</v>
       </c>
       <c r="B515">
-        <v>90.91</v>
+        <v>90.76</v>
       </c>
       <c r="C515">
-        <v>91.79</v>
+        <v>91.65</v>
       </c>
       <c r="D515">
-        <v>91.92</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:4">
+        <v>91.77</v>
+      </c>
+    </row>
+    <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>520</v>
       </c>
       <c r="B516">
-        <v>90.76</v>
+        <v>90.63</v>
       </c>
       <c r="C516">
-        <v>91.65</v>
+        <v>91.52</v>
       </c>
       <c r="D516">
-        <v>91.77</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:4">
+        <v>91.64</v>
+      </c>
+    </row>
+    <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>521</v>
       </c>
       <c r="B517">
-        <v>90.63</v>
+        <v>90.45</v>
       </c>
       <c r="C517">
-        <v>91.52</v>
+        <v>91.34</v>
       </c>
       <c r="D517">
-        <v>91.64</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:4">
+        <v>91.46</v>
+      </c>
+    </row>
+    <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>522</v>
       </c>
       <c r="B518">
-        <v>90.45</v>
+        <v>90.36</v>
       </c>
       <c r="C518">
-        <v>91.34</v>
+        <v>91.25</v>
       </c>
       <c r="D518">
-        <v>91.46</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:4">
+        <v>91.37</v>
+      </c>
+    </row>
+    <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>523</v>
       </c>
       <c r="B519">
-        <v>90.36</v>
+        <v>90.29</v>
       </c>
       <c r="C519">
-        <v>91.25</v>
+        <v>91.18</v>
       </c>
       <c r="D519">
-        <v>91.37</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:4">
+        <v>91.3</v>
+      </c>
+    </row>
+    <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>524</v>
       </c>
       <c r="B520">
-        <v>90.29</v>
+        <v>90.27</v>
       </c>
       <c r="C520">
-        <v>91.18</v>
+        <v>91.16</v>
       </c>
       <c r="D520">
-        <v>91.3</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:4">
+        <v>91.28</v>
+      </c>
+    </row>
+    <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>525</v>
       </c>
       <c r="B521">
-        <v>90.27</v>
+        <v>90.21</v>
       </c>
       <c r="C521">
-        <v>91.16</v>
+        <v>91.1</v>
       </c>
       <c r="D521">
-        <v>91.28</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:4">
+        <v>91.22</v>
+      </c>
+    </row>
+    <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>526</v>
       </c>
       <c r="B522">
-        <v>90.21</v>
+        <v>90.34</v>
       </c>
       <c r="C522">
-        <v>91.1</v>
+        <v>91.24</v>
       </c>
       <c r="D522">
-        <v>91.22</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:4">
+        <v>91.36</v>
+      </c>
+    </row>
+    <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>527</v>
       </c>
       <c r="B523">
-        <v>90.34</v>
+        <v>90.28</v>
       </c>
       <c r="C523">
-        <v>91.24</v>
+        <v>91.17</v>
       </c>
       <c r="D523">
-        <v>91.36</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:4">
+        <v>91.3</v>
+      </c>
+    </row>
+    <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>528</v>
       </c>
       <c r="B524">
-        <v>90.28</v>
+        <v>90.36</v>
       </c>
       <c r="C524">
-        <v>91.17</v>
+        <v>91.26</v>
       </c>
       <c r="D524">
-        <v>91.3</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:4">
+        <v>91.38</v>
+      </c>
+    </row>
+    <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>529</v>
       </c>
       <c r="B525">
-        <v>90.36</v>
+        <v>90.29</v>
       </c>
       <c r="C525">
-        <v>91.26</v>
+        <v>91.19</v>
       </c>
       <c r="D525">
-        <v>91.38</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:4">
+        <v>91.31</v>
+      </c>
+    </row>
+    <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>530</v>
       </c>
       <c r="B526">
-        <v>90.29</v>
+        <v>90.52</v>
       </c>
       <c r="C526">
-        <v>91.19</v>
+        <v>91.42</v>
       </c>
       <c r="D526">
-        <v>91.31</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:4">
+        <v>91.55</v>
+      </c>
+    </row>
+    <row r="527" spans="1:26">
       <c r="A527" t="s">
         <v>531</v>
       </c>
       <c r="B527">
-        <v>90.52</v>
+        <v>90.16</v>
       </c>
       <c r="C527">
-        <v>91.42</v>
+        <v>91.06</v>
       </c>
       <c r="D527">
-        <v>91.55</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:4">
+        <v>91.19</v>
+      </c>
+    </row>
+    <row r="528" spans="1:26">
       <c r="A528" t="s">
         <v>532</v>
       </c>
       <c r="B528">
-        <v>90.16</v>
+        <v>90.7</v>
       </c>
       <c r="C528">
-        <v>91.06</v>
+        <v>91.6</v>
       </c>
       <c r="D528">
-        <v>91.19</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:4">
+        <v>91.73</v>
+      </c>
+    </row>
+    <row r="529" spans="1:26">
       <c r="A529" t="s">
         <v>533</v>
       </c>
       <c r="B529">
-        <v>90.7</v>
+        <v>90.09</v>
       </c>
       <c r="C529">
-        <v>91.6</v>
+        <v>90.99</v>
       </c>
       <c r="D529">
-        <v>91.73</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:4">
+        <v>91.12</v>
+      </c>
+    </row>
+    <row r="530" spans="1:26">
       <c r="A530" t="s">
         <v>534</v>
       </c>
       <c r="B530">
-        <v>90.09</v>
+        <v>90.43</v>
       </c>
       <c r="C530">
-        <v>90.99</v>
+        <v>91.34</v>
       </c>
       <c r="D530">
-        <v>91.12</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:4">
+        <v>91.47</v>
+      </c>
+    </row>
+    <row r="531" spans="1:26">
       <c r="A531" t="s">
         <v>535</v>
       </c>
       <c r="B531">
-        <v>90.43</v>
+        <v>89.96</v>
       </c>
       <c r="C531">
-        <v>91.34</v>
+        <v>90.86</v>
       </c>
       <c r="D531">
-        <v>91.47</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:4">
+        <v>91.0</v>
+      </c>
+    </row>
+    <row r="532" spans="1:26">
       <c r="A532" t="s">
         <v>536</v>
       </c>
       <c r="B532">
-        <v>89.96</v>
+        <v>90.2</v>
       </c>
       <c r="C532">
-        <v>90.86</v>
+        <v>91.11</v>
       </c>
       <c r="D532">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:4">
+        <v>91.24</v>
+      </c>
+    </row>
+    <row r="533" spans="1:26">
       <c r="A533" t="s">
         <v>537</v>
       </c>
       <c r="B533">
-        <v>90.2</v>
+        <v>90.35</v>
       </c>
       <c r="C533">
-        <v>91.11</v>
+        <v>91.25</v>
       </c>
       <c r="D533">
-        <v>91.24</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:4">
+        <v>91.39</v>
+      </c>
+    </row>
+    <row r="534" spans="1:26">
       <c r="A534" t="s">
         <v>538</v>
       </c>
       <c r="B534">
-        <v>90.35</v>
+        <v>90.59</v>
       </c>
       <c r="C534">
-        <v>91.25</v>
+        <v>91.5</v>
       </c>
       <c r="D534">
-        <v>91.39</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:4">
+        <v>91.63</v>
+      </c>
+    </row>
+    <row r="535" spans="1:26">
       <c r="A535" t="s">
         <v>539</v>
       </c>
       <c r="B535">
-        <v>90.59</v>
+        <v>90.48</v>
       </c>
       <c r="C535">
-        <v>91.5</v>
+        <v>91.39</v>
       </c>
       <c r="D535">
-        <v>91.63</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:4">
+        <v>91.52</v>
+      </c>
+    </row>
+    <row r="536" spans="1:26">
       <c r="A536" t="s">
         <v>540</v>
       </c>
       <c r="B536">
-        <v>90.48</v>
+        <v>90.24</v>
       </c>
       <c r="C536">
-        <v>91.39</v>
+        <v>91.15</v>
       </c>
       <c r="D536">
-        <v>91.52</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:4">
+        <v>91.28</v>
+      </c>
+    </row>
+    <row r="537" spans="1:26">
       <c r="A537" t="s">
         <v>541</v>
       </c>
       <c r="B537">
-        <v>90.24</v>
+        <v>90.15</v>
       </c>
       <c r="C537">
-        <v>91.15</v>
+        <v>91.06</v>
       </c>
       <c r="D537">
-        <v>91.28</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:4">
+        <v>91.2</v>
+      </c>
+    </row>
+    <row r="538" spans="1:26">
       <c r="A538" t="s">
         <v>542</v>
       </c>
       <c r="B538">
-        <v>90.15</v>
+        <v>90.13</v>
       </c>
       <c r="C538">
-        <v>91.06</v>
+        <v>91.04</v>
       </c>
       <c r="D538">
-        <v>91.2</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:4">
+        <v>91.18</v>
+      </c>
+    </row>
+    <row r="539" spans="1:26">
       <c r="A539" t="s">
         <v>543</v>
       </c>
       <c r="B539">
-        <v>90.13</v>
+        <v>90.23</v>
       </c>
       <c r="C539">
-        <v>91.04</v>
+        <v>91.14</v>
       </c>
       <c r="D539">
-        <v>91.18</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:4">
+        <v>91.28</v>
+      </c>
+    </row>
+    <row r="540" spans="1:26">
       <c r="A540" t="s">
         <v>544</v>
       </c>
       <c r="B540">
-        <v>90.23</v>
+        <v>90.56</v>
       </c>
       <c r="C540">
-        <v>91.14</v>
+        <v>91.48</v>
       </c>
       <c r="D540">
-        <v>91.28</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:4">
+        <v>91.62</v>
+      </c>
+    </row>
+    <row r="541" spans="1:26">
       <c r="A541" t="s">
         <v>545</v>
       </c>
       <c r="B541">
-        <v>90.56</v>
+        <v>90.75</v>
       </c>
       <c r="C541">
-        <v>91.48</v>
+        <v>91.68</v>
       </c>
       <c r="D541">
-        <v>91.62</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:4">
+        <v>91.82</v>
+      </c>
+    </row>
+    <row r="542" spans="1:26">
       <c r="A542" t="s">
         <v>546</v>
       </c>
       <c r="B542">
-        <v>90.75</v>
+        <v>90.93</v>
       </c>
       <c r="C542">
-        <v>91.68</v>
+        <v>91.86</v>
       </c>
       <c r="D542">
-        <v>91.82</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:4">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="543" spans="1:26">
       <c r="A543" t="s">
         <v>547</v>
       </c>
       <c r="B543">
-        <v>90.93</v>
+        <v>91.0</v>
       </c>
       <c r="C543">
-        <v>91.86</v>
+        <v>91.93</v>
       </c>
       <c r="D543">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:4">
+        <v>92.07</v>
+      </c>
+    </row>
+    <row r="544" spans="1:26">
       <c r="A544" t="s">
         <v>548</v>
       </c>
       <c r="B544">
-        <v>91</v>
+        <v>91.0</v>
       </c>
       <c r="C544">
         <v>91.93</v>
       </c>
       <c r="D544">
         <v>92.07</v>
       </c>
     </row>
-    <row r="545" spans="1:4">
+    <row r="545" spans="1:26">
       <c r="A545" t="s">
         <v>549</v>
       </c>
       <c r="B545">
-        <v>91</v>
+        <v>90.7</v>
       </c>
       <c r="C545">
-        <v>91.93</v>
+        <v>91.64</v>
       </c>
       <c r="D545">
-        <v>92.07</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:4">
+        <v>91.78</v>
+      </c>
+    </row>
+    <row r="546" spans="1:26">
       <c r="A546" t="s">
         <v>550</v>
       </c>
       <c r="B546">
-        <v>90.7</v>
+        <v>90.58</v>
       </c>
       <c r="C546">
-        <v>91.64</v>
+        <v>91.52</v>
       </c>
       <c r="D546">
-        <v>91.78</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:4">
+        <v>91.66</v>
+      </c>
+    </row>
+    <row r="547" spans="1:26">
       <c r="A547" t="s">
         <v>551</v>
       </c>
       <c r="B547">
-        <v>90.58</v>
+        <v>90.66</v>
       </c>
       <c r="C547">
-        <v>91.52</v>
+        <v>91.6</v>
       </c>
       <c r="D547">
-        <v>91.66</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:4">
+        <v>91.74</v>
+      </c>
+    </row>
+    <row r="548" spans="1:26">
       <c r="A548" t="s">
         <v>552</v>
       </c>
       <c r="B548">
-        <v>90.66</v>
+        <v>90.56</v>
       </c>
       <c r="C548">
-        <v>91.6</v>
+        <v>91.5</v>
       </c>
       <c r="D548">
-        <v>91.74</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:4">
+        <v>91.64</v>
+      </c>
+    </row>
+    <row r="549" spans="1:26">
       <c r="A549" t="s">
         <v>553</v>
       </c>
       <c r="B549">
-        <v>90.56</v>
+        <v>90.62</v>
       </c>
       <c r="C549">
-        <v>91.5</v>
+        <v>91.57</v>
       </c>
       <c r="D549">
-        <v>91.64</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:4">
+        <v>91.71</v>
+      </c>
+    </row>
+    <row r="550" spans="1:26">
       <c r="A550" t="s">
         <v>554</v>
       </c>
       <c r="B550">
-        <v>90.62</v>
+        <v>90.69</v>
       </c>
       <c r="C550">
-        <v>91.57</v>
+        <v>91.63</v>
       </c>
       <c r="D550">
-        <v>91.71</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:4">
+        <v>91.78</v>
+      </c>
+    </row>
+    <row r="551" spans="1:26">
       <c r="A551" t="s">
         <v>555</v>
       </c>
       <c r="B551">
-        <v>90.69</v>
+        <v>90.62</v>
       </c>
       <c r="C551">
-        <v>91.63</v>
+        <v>91.57</v>
       </c>
       <c r="D551">
-        <v>91.78</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:4">
+        <v>91.71</v>
+      </c>
+    </row>
+    <row r="552" spans="1:26">
       <c r="A552" t="s">
         <v>556</v>
       </c>
       <c r="B552">
-        <v>90.62</v>
+        <v>90.77</v>
       </c>
       <c r="C552">
-        <v>91.57</v>
+        <v>91.72</v>
       </c>
       <c r="D552">
-        <v>91.71</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:4">
+        <v>91.87</v>
+      </c>
+    </row>
+    <row r="553" spans="1:26">
       <c r="A553" t="s">
         <v>557</v>
       </c>
       <c r="B553">
-        <v>90.77</v>
+        <v>90.7</v>
       </c>
       <c r="C553">
-        <v>91.72</v>
+        <v>91.65</v>
       </c>
       <c r="D553">
-        <v>91.87</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:4">
+        <v>91.8</v>
+      </c>
+    </row>
+    <row r="554" spans="1:26">
       <c r="A554" t="s">
         <v>558</v>
       </c>
       <c r="B554">
-        <v>90.7</v>
+        <v>90.59</v>
       </c>
       <c r="C554">
-        <v>91.65</v>
+        <v>91.54</v>
       </c>
       <c r="D554">
-        <v>91.8</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:4">
+        <v>91.69</v>
+      </c>
+    </row>
+    <row r="555" spans="1:26">
       <c r="A555" t="s">
         <v>559</v>
       </c>
       <c r="B555">
-        <v>90.59</v>
+        <v>90.86</v>
       </c>
       <c r="C555">
-        <v>91.54</v>
+        <v>91.82</v>
       </c>
       <c r="D555">
-        <v>91.69</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:4">
+        <v>91.96</v>
+      </c>
+    </row>
+    <row r="556" spans="1:26">
       <c r="A556" t="s">
         <v>560</v>
       </c>
       <c r="B556">
-        <v>90.86</v>
+        <v>90.76</v>
       </c>
       <c r="C556">
-        <v>91.82</v>
+        <v>91.71</v>
       </c>
       <c r="D556">
-        <v>91.96</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:4">
+        <v>91.86</v>
+      </c>
+    </row>
+    <row r="557" spans="1:26">
       <c r="A557" t="s">
         <v>561</v>
       </c>
       <c r="B557">
-        <v>90.76</v>
+        <v>90.67</v>
       </c>
       <c r="C557">
-        <v>91.71</v>
+        <v>91.63</v>
       </c>
       <c r="D557">
-        <v>91.86</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:4">
+        <v>91.78</v>
+      </c>
+    </row>
+    <row r="558" spans="1:26">
       <c r="A558" t="s">
         <v>562</v>
       </c>
       <c r="B558">
-        <v>90.67</v>
+        <v>91.06</v>
       </c>
       <c r="C558">
-        <v>91.63</v>
+        <v>92.02</v>
       </c>
       <c r="D558">
-        <v>91.78</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:4">
+        <v>92.17</v>
+      </c>
+    </row>
+    <row r="559" spans="1:26">
       <c r="A559" t="s">
         <v>563</v>
       </c>
       <c r="B559">
-        <v>91.06</v>
+        <v>91.22</v>
       </c>
       <c r="C559">
-        <v>92.02</v>
+        <v>92.19</v>
       </c>
       <c r="D559">
-        <v>92.17</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:4">
+        <v>92.34</v>
+      </c>
+    </row>
+    <row r="560" spans="1:26">
       <c r="A560" t="s">
         <v>564</v>
       </c>
       <c r="B560">
-        <v>91.22</v>
+        <v>91.11</v>
       </c>
       <c r="C560">
-        <v>92.19</v>
+        <v>92.08</v>
       </c>
       <c r="D560">
-        <v>92.34</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:4">
+        <v>92.23</v>
+      </c>
+    </row>
+    <row r="561" spans="1:26">
       <c r="A561" t="s">
         <v>565</v>
       </c>
       <c r="B561">
-        <v>91.11</v>
+        <v>91.37</v>
       </c>
       <c r="C561">
-        <v>92.08</v>
+        <v>92.35</v>
       </c>
       <c r="D561">
-        <v>92.23</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:4">
+        <v>92.5</v>
+      </c>
+    </row>
+    <row r="562" spans="1:26">
       <c r="A562" t="s">
         <v>566</v>
       </c>
       <c r="B562">
-        <v>91.37</v>
+        <v>91.06</v>
       </c>
       <c r="C562">
-        <v>92.35</v>
+        <v>92.03</v>
       </c>
       <c r="D562">
-        <v>92.5</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:4">
+        <v>92.18</v>
+      </c>
+    </row>
+    <row r="563" spans="1:26">
       <c r="A563" t="s">
         <v>567</v>
       </c>
       <c r="B563">
-        <v>91.06</v>
+        <v>90.96</v>
       </c>
       <c r="C563">
-        <v>92.03</v>
+        <v>91.93</v>
       </c>
       <c r="D563">
-        <v>92.18</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:4">
+        <v>92.08</v>
+      </c>
+    </row>
+    <row r="564" spans="1:26">
       <c r="A564" t="s">
         <v>568</v>
       </c>
       <c r="B564">
-        <v>90.96</v>
+        <v>91.09</v>
       </c>
       <c r="C564">
-        <v>91.93</v>
+        <v>92.07</v>
       </c>
       <c r="D564">
-        <v>92.08</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:4">
+        <v>92.22</v>
+      </c>
+    </row>
+    <row r="565" spans="1:26">
       <c r="A565" t="s">
         <v>569</v>
       </c>
       <c r="B565">
-        <v>91.09</v>
+        <v>91.24</v>
       </c>
       <c r="C565">
-        <v>92.07</v>
+        <v>92.22</v>
       </c>
       <c r="D565">
-        <v>92.22</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:4">
+        <v>92.38</v>
+      </c>
+    </row>
+    <row r="566" spans="1:26">
       <c r="A566" t="s">
         <v>570</v>
       </c>
       <c r="B566">
-        <v>91.24</v>
+        <v>91.14</v>
       </c>
       <c r="C566">
-        <v>92.22</v>
+        <v>92.12</v>
       </c>
       <c r="D566">
-        <v>92.38</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:4">
+        <v>92.28</v>
+      </c>
+    </row>
+    <row r="567" spans="1:26">
       <c r="A567" t="s">
         <v>571</v>
       </c>
       <c r="B567">
-        <v>91.14</v>
+        <v>91.07</v>
       </c>
       <c r="C567">
-        <v>92.12</v>
+        <v>92.05</v>
       </c>
       <c r="D567">
-        <v>92.28</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:4">
+        <v>92.2</v>
+      </c>
+    </row>
+    <row r="568" spans="1:26">
       <c r="A568" t="s">
         <v>572</v>
       </c>
       <c r="B568">
-        <v>91.07</v>
+        <v>90.87</v>
       </c>
       <c r="C568">
-        <v>92.05</v>
+        <v>91.85</v>
       </c>
       <c r="D568">
-        <v>92.2</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:4">
+        <v>92.01</v>
+      </c>
+    </row>
+    <row r="569" spans="1:26">
       <c r="A569" t="s">
         <v>573</v>
       </c>
       <c r="B569">
-        <v>90.87</v>
+        <v>90.75</v>
       </c>
       <c r="C569">
-        <v>91.85</v>
+        <v>91.73</v>
       </c>
       <c r="D569">
-        <v>92.01</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:4">
+        <v>91.89</v>
+      </c>
+    </row>
+    <row r="570" spans="1:26">
       <c r="A570" t="s">
         <v>574</v>
       </c>
       <c r="B570">
-        <v>90.75</v>
+        <v>90.76</v>
       </c>
       <c r="C570">
-        <v>91.73</v>
+        <v>91.74</v>
       </c>
       <c r="D570">
-        <v>91.89</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:4">
+        <v>91.9</v>
+      </c>
+    </row>
+    <row r="571" spans="1:26">
       <c r="A571" t="s">
         <v>575</v>
       </c>
       <c r="B571">
-        <v>90.76</v>
+        <v>90.7</v>
       </c>
       <c r="C571">
-        <v>91.74</v>
+        <v>91.69</v>
       </c>
       <c r="D571">
-        <v>91.9</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:4">
+        <v>91.85</v>
+      </c>
+    </row>
+    <row r="572" spans="1:26">
       <c r="A572" t="s">
         <v>576</v>
       </c>
       <c r="B572">
-        <v>90.7</v>
+        <v>90.73</v>
       </c>
       <c r="C572">
-        <v>91.69</v>
+        <v>91.72</v>
       </c>
       <c r="D572">
-        <v>91.85</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:4">
+        <v>91.88</v>
+      </c>
+    </row>
+    <row r="573" spans="1:26">
       <c r="A573" t="s">
         <v>577</v>
       </c>
       <c r="B573">
-        <v>90.73</v>
+        <v>90.66</v>
       </c>
       <c r="C573">
-        <v>91.72</v>
+        <v>91.65</v>
       </c>
       <c r="D573">
-        <v>91.88</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:4">
+        <v>91.81</v>
+      </c>
+    </row>
+    <row r="574" spans="1:26">
       <c r="A574" t="s">
         <v>578</v>
       </c>
       <c r="B574">
-        <v>90.66</v>
+        <v>90.55</v>
       </c>
       <c r="C574">
-        <v>91.65</v>
+        <v>91.54</v>
       </c>
       <c r="D574">
-        <v>91.81</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:4">
+        <v>91.7</v>
+      </c>
+    </row>
+    <row r="575" spans="1:26">
       <c r="A575" t="s">
         <v>579</v>
       </c>
       <c r="B575">
-        <v>90.55</v>
+        <v>90.53</v>
       </c>
       <c r="C575">
-        <v>91.54</v>
+        <v>91.52</v>
       </c>
       <c r="D575">
-        <v>91.7</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:4">
+        <v>91.68</v>
+      </c>
+    </row>
+    <row r="576" spans="1:26">
       <c r="A576" t="s">
         <v>580</v>
       </c>
       <c r="B576">
-        <v>90.53</v>
+        <v>90.89</v>
       </c>
       <c r="C576">
-        <v>91.52</v>
+        <v>91.89</v>
       </c>
       <c r="D576">
-        <v>91.68</v>
-[...2 lines deleted...]
-    <row r="577" spans="1:4">
+        <v>92.05</v>
+      </c>
+    </row>
+    <row r="577" spans="1:26">
       <c r="A577" t="s">
         <v>581</v>
       </c>
       <c r="B577">
-        <v>90.89</v>
+        <v>91.03</v>
       </c>
       <c r="C577">
-        <v>91.89</v>
+        <v>92.04</v>
       </c>
       <c r="D577">
-        <v>92.05</v>
-[...2 lines deleted...]
-    <row r="578" spans="1:4">
+        <v>92.2</v>
+      </c>
+    </row>
+    <row r="578" spans="1:26">
       <c r="A578" t="s">
         <v>582</v>
       </c>
       <c r="B578">
-        <v>91.03</v>
+        <v>91.09</v>
       </c>
       <c r="C578">
-        <v>92.04</v>
+        <v>92.1</v>
       </c>
       <c r="D578">
-        <v>92.2</v>
-[...2 lines deleted...]
-    <row r="579" spans="1:4">
+        <v>92.26</v>
+      </c>
+    </row>
+    <row r="579" spans="1:26">
       <c r="A579" t="s">
         <v>583</v>
       </c>
       <c r="B579">
-        <v>91.09</v>
+        <v>90.9</v>
       </c>
       <c r="C579">
-        <v>92.1</v>
+        <v>91.9</v>
       </c>
       <c r="D579">
-        <v>92.26</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:4">
+        <v>92.06</v>
+      </c>
+    </row>
+    <row r="580" spans="1:26">
       <c r="A580" t="s">
         <v>584</v>
       </c>
       <c r="B580">
-        <v>90.9</v>
+        <v>90.84</v>
       </c>
       <c r="C580">
-        <v>91.9</v>
+        <v>91.84</v>
       </c>
       <c r="D580">
-        <v>92.06</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:4">
+        <v>92.01</v>
+      </c>
+    </row>
+    <row r="581" spans="1:26">
       <c r="A581" t="s">
         <v>585</v>
       </c>
       <c r="B581">
-        <v>90.84</v>
+        <v>90.97</v>
       </c>
       <c r="C581">
-        <v>91.84</v>
+        <v>91.98</v>
       </c>
       <c r="D581">
-        <v>92.01</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:4">
+        <v>92.15</v>
+      </c>
+    </row>
+    <row r="582" spans="1:26">
       <c r="A582" t="s">
         <v>586</v>
       </c>
       <c r="B582">
-        <v>90.97</v>
+        <v>90.86</v>
       </c>
       <c r="C582">
-        <v>91.98</v>
+        <v>91.87</v>
       </c>
       <c r="D582">
-        <v>92.15</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:4">
+        <v>92.03</v>
+      </c>
+    </row>
+    <row r="583" spans="1:26">
       <c r="A583" t="s">
         <v>587</v>
       </c>
       <c r="B583">
-        <v>90.86</v>
+        <v>91.02</v>
       </c>
       <c r="C583">
-        <v>91.87</v>
+        <v>92.04</v>
       </c>
       <c r="D583">
-        <v>92.03</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:4">
+        <v>92.2</v>
+      </c>
+    </row>
+    <row r="584" spans="1:26">
       <c r="A584" t="s">
         <v>588</v>
       </c>
       <c r="B584">
-        <v>91.02</v>
+        <v>91.01</v>
       </c>
       <c r="C584">
-        <v>92.04</v>
+        <v>92.02</v>
       </c>
       <c r="D584">
-        <v>92.2</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:4">
+        <v>92.18</v>
+      </c>
+    </row>
+    <row r="585" spans="1:26">
       <c r="A585" t="s">
         <v>589</v>
       </c>
       <c r="B585">
-        <v>91.01</v>
+        <v>91.0</v>
       </c>
       <c r="C585">
         <v>92.02</v>
       </c>
       <c r="D585">
-        <v>92.18</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:4">
+        <v>92.19</v>
+      </c>
+    </row>
+    <row r="586" spans="1:26">
       <c r="A586" t="s">
         <v>590</v>
       </c>
       <c r="B586">
-        <v>91</v>
+        <v>90.96</v>
       </c>
       <c r="C586">
-        <v>92.02</v>
+        <v>91.97</v>
       </c>
       <c r="D586">
-        <v>92.19</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:4">
+        <v>92.14</v>
+      </c>
+    </row>
+    <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>591</v>
       </c>
       <c r="B587">
-        <v>90.96</v>
+        <v>90.93</v>
       </c>
       <c r="C587">
-        <v>91.97</v>
+        <v>91.95</v>
       </c>
       <c r="D587">
-        <v>92.14</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:4">
+        <v>92.12</v>
+      </c>
+    </row>
+    <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>592</v>
       </c>
       <c r="B588">
-        <v>90.93</v>
+        <v>90.76</v>
       </c>
       <c r="C588">
+        <v>91.78</v>
+      </c>
+      <c r="D588">
         <v>91.95</v>
       </c>
-      <c r="D588">
-[...3 lines deleted...]
-    <row r="589" spans="1:4">
+    </row>
+    <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>593</v>
       </c>
       <c r="B589">
-        <v>90.76</v>
+        <v>90.72</v>
       </c>
       <c r="C589">
-        <v>91.78</v>
+        <v>91.74</v>
       </c>
       <c r="D589">
-        <v>91.95</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:4">
+        <v>91.9</v>
+      </c>
+    </row>
+    <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>594</v>
       </c>
       <c r="B590">
-        <v>90.72</v>
+        <v>90.8</v>
       </c>
       <c r="C590">
-        <v>91.74</v>
+        <v>91.82</v>
       </c>
       <c r="D590">
-        <v>91.9</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:4">
+        <v>91.99</v>
+      </c>
+    </row>
+    <row r="591" spans="1:26">
       <c r="A591" t="s">
         <v>595</v>
       </c>
       <c r="B591">
-        <v>90.8</v>
+        <v>90.92</v>
       </c>
       <c r="C591">
-        <v>91.82</v>
+        <v>91.94</v>
       </c>
       <c r="D591">
-        <v>91.99</v>
-[...2 lines deleted...]
-    <row r="592" spans="1:4">
+        <v>92.11</v>
+      </c>
+    </row>
+    <row r="592" spans="1:26">
       <c r="A592" t="s">
         <v>596</v>
       </c>
       <c r="B592">
-        <v>90.92</v>
+        <v>90.83</v>
       </c>
       <c r="C592">
-        <v>91.94</v>
+        <v>91.86</v>
       </c>
       <c r="D592">
-        <v>92.11</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:4">
+        <v>92.02</v>
+      </c>
+    </row>
+    <row r="593" spans="1:26">
       <c r="A593" t="s">
         <v>597</v>
       </c>
       <c r="B593">
-        <v>90.83</v>
+        <v>90.71</v>
       </c>
       <c r="C593">
-        <v>91.86</v>
+        <v>91.73</v>
       </c>
       <c r="D593">
-        <v>92.02</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:4">
+        <v>91.9</v>
+      </c>
+    </row>
+    <row r="594" spans="1:26">
       <c r="A594" t="s">
         <v>598</v>
       </c>
       <c r="B594">
-        <v>90.71</v>
+        <v>90.92</v>
       </c>
       <c r="C594">
-        <v>91.73</v>
+        <v>91.95</v>
       </c>
       <c r="D594">
-        <v>91.9</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:4">
+        <v>92.12</v>
+      </c>
+    </row>
+    <row r="595" spans="1:26">
       <c r="A595" t="s">
         <v>599</v>
       </c>
       <c r="B595">
         <v>90.92</v>
       </c>
       <c r="C595">
-        <v>91.95</v>
+        <v>91.96</v>
       </c>
       <c r="D595">
-        <v>92.12</v>
-[...2 lines deleted...]
-    <row r="596" spans="1:4">
+        <v>92.13</v>
+      </c>
+    </row>
+    <row r="596" spans="1:26">
       <c r="A596" t="s">
         <v>600</v>
       </c>
       <c r="B596">
-        <v>90.92</v>
+        <v>90.79</v>
       </c>
       <c r="C596">
-        <v>91.96</v>
+        <v>91.82</v>
       </c>
       <c r="D596">
-        <v>92.13</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:4">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="597" spans="1:26">
       <c r="A597" t="s">
         <v>601</v>
       </c>
       <c r="B597">
-        <v>90.79</v>
+        <v>90.89</v>
       </c>
       <c r="C597">
-        <v>91.82</v>
+        <v>91.93</v>
       </c>
       <c r="D597">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:4">
+        <v>92.1</v>
+      </c>
+    </row>
+    <row r="598" spans="1:26">
       <c r="A598" t="s">
         <v>602</v>
       </c>
       <c r="B598">
-        <v>90.89</v>
+        <v>90.79</v>
       </c>
       <c r="C598">
-        <v>91.93</v>
+        <v>91.82</v>
       </c>
       <c r="D598">
-        <v>92.1</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:4">
+        <v>91.99</v>
+      </c>
+    </row>
+    <row r="599" spans="1:26">
       <c r="A599" t="s">
         <v>603</v>
       </c>
       <c r="B599">
-        <v>90.79</v>
+        <v>90.87</v>
       </c>
       <c r="C599">
-        <v>91.82</v>
+        <v>91.91</v>
       </c>
       <c r="D599">
-        <v>91.99</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:4">
+        <v>92.09</v>
+      </c>
+    </row>
+    <row r="600" spans="1:26">
       <c r="A600" t="s">
         <v>604</v>
       </c>
       <c r="B600">
         <v>90.87</v>
       </c>
       <c r="C600">
         <v>91.91</v>
       </c>
       <c r="D600">
         <v>92.09</v>
       </c>
     </row>
-    <row r="601" spans="1:4">
+    <row r="601" spans="1:26">
       <c r="A601" t="s">
         <v>605</v>
       </c>
       <c r="B601">
-        <v>90.87</v>
+        <v>91.06</v>
       </c>
       <c r="C601">
-        <v>91.91</v>
+        <v>92.1</v>
       </c>
       <c r="D601">
-        <v>92.09</v>
-[...2 lines deleted...]
-    <row r="602" spans="1:4">
+        <v>92.28</v>
+      </c>
+    </row>
+    <row r="602" spans="1:26">
       <c r="A602" t="s">
         <v>606</v>
       </c>
       <c r="B602">
-        <v>91.06</v>
+        <v>91.02</v>
       </c>
       <c r="C602">
-        <v>92.1</v>
+        <v>92.07</v>
       </c>
       <c r="D602">
-        <v>92.28</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:4">
+        <v>92.24</v>
+      </c>
+    </row>
+    <row r="603" spans="1:26">
       <c r="A603" t="s">
         <v>607</v>
       </c>
       <c r="B603">
-        <v>91.02</v>
+        <v>90.89</v>
       </c>
       <c r="C603">
-        <v>92.07</v>
+        <v>91.93</v>
       </c>
       <c r="D603">
-        <v>92.24</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:4">
+        <v>92.1</v>
+      </c>
+    </row>
+    <row r="604" spans="1:26">
       <c r="A604" t="s">
         <v>608</v>
       </c>
       <c r="B604">
         <v>90.89</v>
       </c>
       <c r="C604">
-        <v>91.93</v>
+        <v>91.94</v>
       </c>
       <c r="D604">
-        <v>92.1</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:4">
+        <v>92.11</v>
+      </c>
+    </row>
+    <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>609</v>
       </c>
       <c r="B605">
-        <v>90.89</v>
+        <v>90.84</v>
       </c>
       <c r="C605">
-        <v>91.94</v>
+        <v>91.89</v>
       </c>
       <c r="D605">
-        <v>92.11</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:4">
+        <v>92.07</v>
+      </c>
+    </row>
+    <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>610</v>
       </c>
       <c r="B606">
-        <v>90.84</v>
+        <v>90.9</v>
       </c>
       <c r="C606">
-        <v>91.89</v>
+        <v>91.96</v>
       </c>
       <c r="D606">
-        <v>92.07</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:4">
+        <v>92.13</v>
+      </c>
+    </row>
+    <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>611</v>
       </c>
       <c r="B607">
-        <v>90.9</v>
+        <v>91.23</v>
       </c>
       <c r="C607">
-        <v>91.96</v>
+        <v>92.29</v>
       </c>
       <c r="D607">
-        <v>92.13</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:4">
+        <v>92.47</v>
+      </c>
+    </row>
+    <row r="608" spans="1:26">
       <c r="A608" t="s">
         <v>612</v>
       </c>
       <c r="B608">
-        <v>91.23</v>
+        <v>91.58</v>
       </c>
       <c r="C608">
-        <v>92.29</v>
+        <v>92.65</v>
       </c>
       <c r="D608">
-        <v>92.47</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:4">
+        <v>92.82</v>
+      </c>
+    </row>
+    <row r="609" spans="1:26">
       <c r="A609" t="s">
         <v>613</v>
       </c>
       <c r="B609">
-        <v>91.58</v>
+        <v>91.57</v>
       </c>
       <c r="C609">
-        <v>92.65</v>
+        <v>92.64</v>
       </c>
       <c r="D609">
         <v>92.82</v>
       </c>
     </row>
-    <row r="610" spans="1:4">
+    <row r="610" spans="1:26">
       <c r="A610" t="s">
         <v>614</v>
       </c>
       <c r="B610">
-        <v>91.57</v>
+        <v>91.81</v>
       </c>
       <c r="C610">
-        <v>92.64</v>
+        <v>92.89</v>
       </c>
       <c r="D610">
-        <v>92.82</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:4">
+        <v>93.07</v>
+      </c>
+    </row>
+    <row r="611" spans="1:26">
       <c r="A611" t="s">
         <v>615</v>
       </c>
       <c r="B611">
-        <v>91.81</v>
+        <v>91.85</v>
       </c>
       <c r="C611">
-        <v>92.89</v>
+        <v>92.93</v>
       </c>
       <c r="D611">
-        <v>93.07</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:4">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="612" spans="1:26">
       <c r="A612" t="s">
         <v>616</v>
       </c>
       <c r="B612">
-        <v>91.85</v>
+        <v>91.74</v>
       </c>
       <c r="C612">
-        <v>92.93</v>
+        <v>92.81</v>
       </c>
       <c r="D612">
-        <v>93.11</v>
-[...2 lines deleted...]
-    <row r="613" spans="1:4">
+        <v>92.99</v>
+      </c>
+    </row>
+    <row r="613" spans="1:26">
       <c r="A613" t="s">
         <v>617</v>
       </c>
       <c r="B613">
-        <v>91.74</v>
+        <v>91.75</v>
       </c>
       <c r="C613">
-        <v>92.81</v>
+        <v>92.82</v>
       </c>
       <c r="D613">
-        <v>92.99</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:4">
+        <v>93.0</v>
+      </c>
+    </row>
+    <row r="614" spans="1:26">
       <c r="A614" t="s">
         <v>618</v>
       </c>
       <c r="B614">
-        <v>91.75</v>
+        <v>91.89</v>
       </c>
       <c r="C614">
-        <v>92.82</v>
+        <v>92.98</v>
       </c>
       <c r="D614">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:4">
+        <v>93.16</v>
+      </c>
+    </row>
+    <row r="615" spans="1:26">
       <c r="A615" t="s">
         <v>619</v>
       </c>
       <c r="B615">
-        <v>91.89</v>
+        <v>91.93</v>
       </c>
       <c r="C615">
-        <v>92.98</v>
+        <v>93.01</v>
       </c>
       <c r="D615">
-        <v>93.16</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:4">
+        <v>93.19</v>
+      </c>
+    </row>
+    <row r="616" spans="1:26">
       <c r="A616" t="s">
         <v>620</v>
       </c>
       <c r="B616">
-        <v>91.93</v>
+        <v>91.84</v>
       </c>
       <c r="C616">
-        <v>93.01</v>
+        <v>92.93</v>
       </c>
       <c r="D616">
-        <v>93.19</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:4">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="617" spans="1:26">
       <c r="A617" t="s">
         <v>621</v>
       </c>
       <c r="B617">
-        <v>91.84</v>
+        <v>91.96</v>
       </c>
       <c r="C617">
-        <v>92.93</v>
+        <v>93.04</v>
       </c>
       <c r="D617">
-        <v>93.11</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:4">
+        <v>93.23</v>
+      </c>
+    </row>
+    <row r="618" spans="1:26">
       <c r="A618" t="s">
         <v>622</v>
       </c>
       <c r="B618">
-        <v>91.96</v>
+        <v>91.99</v>
       </c>
       <c r="C618">
-        <v>93.04</v>
+        <v>93.08</v>
       </c>
       <c r="D618">
-        <v>93.23</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:4">
+        <v>93.26</v>
+      </c>
+    </row>
+    <row r="619" spans="1:26">
       <c r="A619" t="s">
         <v>623</v>
       </c>
       <c r="B619">
-        <v>91.99</v>
+        <v>92.05</v>
       </c>
       <c r="C619">
-        <v>93.08</v>
+        <v>93.14</v>
       </c>
       <c r="D619">
-        <v>93.26</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:4">
+        <v>93.33</v>
+      </c>
+    </row>
+    <row r="620" spans="1:26">
       <c r="A620" t="s">
         <v>624</v>
       </c>
       <c r="B620">
         <v>92.05</v>
       </c>
       <c r="C620">
-        <v>93.14</v>
+        <v>93.13</v>
       </c>
       <c r="D620">
         <v>93.33</v>
       </c>
     </row>
-    <row r="621" spans="1:4">
+    <row r="621" spans="1:26">
       <c r="A621" t="s">
         <v>625</v>
       </c>
       <c r="B621">
-        <v>92.05</v>
+        <v>92.2</v>
       </c>
       <c r="C621">
-        <v>93.13</v>
+        <v>93.28</v>
       </c>
       <c r="D621">
-        <v>93.33</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:4">
+        <v>93.48</v>
+      </c>
+    </row>
+    <row r="622" spans="1:26">
       <c r="A622" t="s">
         <v>626</v>
       </c>
       <c r="B622">
-        <v>92.2</v>
+        <v>92.11</v>
       </c>
       <c r="C622">
-        <v>93.28</v>
+        <v>93.18</v>
       </c>
       <c r="D622">
-        <v>93.48</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:4">
+        <v>93.38</v>
+      </c>
+    </row>
+    <row r="623" spans="1:26">
       <c r="A623" t="s">
         <v>627</v>
       </c>
       <c r="B623">
-        <v>92.11</v>
+        <v>92.12</v>
       </c>
       <c r="C623">
-        <v>93.18</v>
+        <v>93.19</v>
       </c>
       <c r="D623">
-        <v>93.38</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:4">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="624" spans="1:26">
       <c r="A624" t="s">
         <v>628</v>
       </c>
       <c r="B624">
-        <v>92.12</v>
+        <v>92.13</v>
       </c>
       <c r="C624">
-        <v>93.19</v>
+        <v>93.21</v>
       </c>
       <c r="D624">
-        <v>93.39</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:4">
+        <v>93.41</v>
+      </c>
+    </row>
+    <row r="625" spans="1:26">
       <c r="A625" t="s">
         <v>629</v>
       </c>
       <c r="B625">
-        <v>92.13</v>
+        <v>92.3</v>
       </c>
       <c r="C625">
-        <v>93.21</v>
+        <v>93.41</v>
       </c>
       <c r="D625">
-        <v>93.41</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:4">
+        <v>93.6</v>
+      </c>
+    </row>
+    <row r="626" spans="1:26">
       <c r="A626" t="s">
         <v>630</v>
       </c>
       <c r="B626">
-        <v>92.3</v>
+        <v>92.23</v>
       </c>
       <c r="C626">
-        <v>93.41</v>
+        <v>93.33</v>
       </c>
       <c r="D626">
-        <v>93.6</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:4">
+        <v>93.52</v>
+      </c>
+    </row>
+    <row r="627" spans="1:26">
       <c r="A627" t="s">
         <v>631</v>
       </c>
       <c r="B627">
-        <v>92.23</v>
+        <v>92.16</v>
       </c>
       <c r="C627">
-        <v>93.33</v>
+        <v>93.26</v>
       </c>
       <c r="D627">
-        <v>93.52</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:4">
+        <v>93.46</v>
+      </c>
+    </row>
+    <row r="628" spans="1:26">
       <c r="A628" t="s">
         <v>632</v>
       </c>
       <c r="B628">
-        <v>92.16</v>
+        <v>92.03</v>
       </c>
       <c r="C628">
-        <v>93.26</v>
+        <v>93.1</v>
       </c>
       <c r="D628">
-        <v>93.46</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:4">
+        <v>93.3</v>
+      </c>
+    </row>
+    <row r="629" spans="1:26">
       <c r="A629" t="s">
         <v>633</v>
       </c>
       <c r="B629">
-        <v>92.03</v>
+        <v>91.98</v>
       </c>
       <c r="C629">
-        <v>93.1</v>
+        <v>93.06</v>
       </c>
       <c r="D629">
-        <v>93.3</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:4">
+        <v>93.26</v>
+      </c>
+    </row>
+    <row r="630" spans="1:26">
       <c r="A630" t="s">
         <v>634</v>
       </c>
       <c r="B630">
-        <v>91.98</v>
+        <v>91.93</v>
       </c>
       <c r="C630">
-        <v>93.06</v>
+        <v>93.01</v>
       </c>
       <c r="D630">
-        <v>93.26</v>
-[...2 lines deleted...]
-    <row r="631" spans="1:4">
+        <v>93.21</v>
+      </c>
+    </row>
+    <row r="631" spans="1:26">
       <c r="A631" t="s">
         <v>635</v>
       </c>
       <c r="B631">
-        <v>91.93</v>
+        <v>91.83</v>
       </c>
       <c r="C631">
-        <v>93.01</v>
+        <v>92.91</v>
       </c>
       <c r="D631">
-        <v>93.21</v>
-[...2 lines deleted...]
-    <row r="632" spans="1:4">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="632" spans="1:26">
       <c r="A632" t="s">
         <v>636</v>
       </c>
       <c r="B632">
-        <v>91.83</v>
+        <v>91.96</v>
       </c>
       <c r="C632">
-        <v>92.91</v>
+        <v>93.04</v>
       </c>
       <c r="D632">
-        <v>93.11</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:4">
+        <v>93.24</v>
+      </c>
+    </row>
+    <row r="633" spans="1:26">
       <c r="A633" t="s">
         <v>637</v>
       </c>
       <c r="B633">
-        <v>91.96</v>
+        <v>91.76</v>
       </c>
       <c r="C633">
+        <v>92.84</v>
+      </c>
+      <c r="D633">
         <v>93.04</v>
       </c>
-      <c r="D633">
-[...3 lines deleted...]
-    <row r="634" spans="1:4">
+    </row>
+    <row r="634" spans="1:26">
       <c r="A634" t="s">
         <v>638</v>
       </c>
       <c r="B634">
-        <v>91.76</v>
+        <v>91.83</v>
       </c>
       <c r="C634">
-        <v>92.84</v>
+        <v>92.91</v>
       </c>
       <c r="D634">
-        <v>93.04</v>
-[...2 lines deleted...]
-    <row r="635" spans="1:4">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="635" spans="1:26">
       <c r="A635" t="s">
         <v>639</v>
       </c>
       <c r="B635">
-        <v>91.83</v>
+        <v>92.1</v>
       </c>
       <c r="C635">
-        <v>92.91</v>
+        <v>93.21</v>
       </c>
       <c r="D635">
-        <v>93.11</v>
-[...2 lines deleted...]
-    <row r="636" spans="1:4">
+        <v>93.42</v>
+      </c>
+    </row>
+    <row r="636" spans="1:26">
       <c r="A636" t="s">
         <v>640</v>
       </c>
       <c r="B636">
-        <v>92.1</v>
+        <v>92.18</v>
       </c>
       <c r="C636">
-        <v>93.21</v>
+        <v>93.28</v>
       </c>
       <c r="D636">
-        <v>93.42</v>
-[...2 lines deleted...]
-    <row r="637" spans="1:4">
+        <v>93.49</v>
+      </c>
+    </row>
+    <row r="637" spans="1:26">
       <c r="A637" t="s">
         <v>641</v>
       </c>
       <c r="B637">
-        <v>92.18</v>
+        <v>92.01</v>
       </c>
       <c r="C637">
-        <v>93.28</v>
+        <v>93.1</v>
       </c>
       <c r="D637">
-        <v>93.49</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:4">
+        <v>93.31</v>
+      </c>
+    </row>
+    <row r="638" spans="1:26">
       <c r="A638" t="s">
         <v>642</v>
       </c>
       <c r="B638">
-        <v>92.01</v>
+        <v>91.88</v>
       </c>
       <c r="C638">
-        <v>93.1</v>
+        <v>92.99</v>
       </c>
       <c r="D638">
-        <v>93.31</v>
-[...2 lines deleted...]
-    <row r="639" spans="1:4">
+        <v>93.19</v>
+      </c>
+    </row>
+    <row r="639" spans="1:26">
       <c r="A639" t="s">
         <v>643</v>
       </c>
       <c r="B639">
-        <v>91.88</v>
+        <v>91.96</v>
       </c>
       <c r="C639">
-        <v>92.99</v>
+        <v>93.08</v>
       </c>
       <c r="D639">
-        <v>93.19</v>
-[...2 lines deleted...]
-    <row r="640" spans="1:4">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="640" spans="1:26">
       <c r="A640" t="s">
         <v>644</v>
       </c>
       <c r="B640">
-        <v>91.96</v>
+        <v>91.83</v>
       </c>
       <c r="C640">
-        <v>93.08</v>
+        <v>92.95</v>
       </c>
       <c r="D640">
-        <v>93.28</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:4">
+        <v>93.15</v>
+      </c>
+    </row>
+    <row r="641" spans="1:26">
       <c r="A641" t="s">
         <v>645</v>
       </c>
       <c r="B641">
-        <v>91.83</v>
+        <v>92.08</v>
       </c>
       <c r="C641">
-        <v>92.95</v>
+        <v>93.21</v>
       </c>
       <c r="D641">
-        <v>93.15</v>
-[...2 lines deleted...]
-    <row r="642" spans="1:4">
+        <v>93.41</v>
+      </c>
+    </row>
+    <row r="642" spans="1:26">
       <c r="A642" t="s">
         <v>646</v>
       </c>
       <c r="B642">
-        <v>92.08</v>
+        <v>91.99</v>
       </c>
       <c r="C642">
-        <v>93.21</v>
+        <v>93.12</v>
       </c>
       <c r="D642">
-        <v>93.41</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:4">
+        <v>93.32</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
       <c r="A643" t="s">
         <v>647</v>
       </c>
       <c r="B643">
-        <v>91.99</v>
+        <v>91.94</v>
       </c>
       <c r="C643">
-        <v>93.12</v>
+        <v>93.07</v>
       </c>
       <c r="D643">
-        <v>93.32</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:4">
+        <v>93.27</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
       <c r="A644" t="s">
         <v>648</v>
       </c>
       <c r="B644">
-        <v>91.94</v>
+        <v>91.87</v>
       </c>
       <c r="C644">
-        <v>93.07</v>
+        <v>93.0</v>
       </c>
       <c r="D644">
-        <v>93.27</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:4">
+        <v>93.21</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
       <c r="A645" t="s">
         <v>649</v>
       </c>
       <c r="B645">
-        <v>91.87</v>
+        <v>91.81</v>
       </c>
       <c r="C645">
-        <v>93</v>
+        <v>92.91</v>
       </c>
       <c r="D645">
-        <v>93.21</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:4">
+        <v>93.11</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
       <c r="A646" t="s">
         <v>650</v>
       </c>
       <c r="B646">
-        <v>91.81</v>
+        <v>91.94</v>
       </c>
       <c r="C646">
-        <v>92.91</v>
+        <v>93.04</v>
       </c>
       <c r="D646">
-        <v>93.11</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:4">
+        <v>93.25</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
       <c r="A647" t="s">
         <v>651</v>
       </c>
       <c r="B647">
-        <v>91.94</v>
+        <v>91.96</v>
       </c>
       <c r="C647">
-        <v>93.04</v>
+        <v>93.09</v>
       </c>
       <c r="D647">
-        <v>93.25</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:4">
+        <v>93.3</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
       <c r="A648" t="s">
         <v>652</v>
       </c>
       <c r="B648">
-        <v>91.96</v>
+        <v>91.98</v>
       </c>
       <c r="C648">
-        <v>93.09</v>
+        <v>93.1</v>
       </c>
       <c r="D648">
-        <v>93.3</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:4">
+        <v>93.31</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
       <c r="A649" t="s">
         <v>653</v>
       </c>
       <c r="B649">
-        <v>91.98</v>
+        <v>91.99</v>
       </c>
       <c r="C649">
-        <v>93.1</v>
+        <v>93.11</v>
       </c>
       <c r="D649">
-        <v>93.31</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:4">
+        <v>93.32</v>
+      </c>
+    </row>
+    <row r="650" spans="1:26">
       <c r="A650" t="s">
         <v>654</v>
       </c>
       <c r="B650">
-        <v>91.99</v>
+        <v>91.97</v>
       </c>
       <c r="C650">
-        <v>93.11</v>
+        <v>93.07</v>
       </c>
       <c r="D650">
-        <v>93.32</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:4">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="651" spans="1:26">
       <c r="A651" t="s">
         <v>655</v>
       </c>
       <c r="B651">
-        <v>91.97</v>
+        <v>92.03</v>
       </c>
       <c r="C651">
-        <v>93.07</v>
+        <v>93.18</v>
       </c>
       <c r="D651">
-        <v>93.28</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:4">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="652" spans="1:26">
       <c r="A652" t="s">
         <v>656</v>
       </c>
       <c r="B652">
-        <v>92.03</v>
+        <v>92.05</v>
       </c>
       <c r="C652">
-        <v>93.18</v>
+        <v>93.17</v>
       </c>
       <c r="D652">
-        <v>93.39</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:4">
+        <v>93.38</v>
+      </c>
+    </row>
+    <row r="653" spans="1:26">
       <c r="A653" t="s">
         <v>657</v>
       </c>
       <c r="B653">
         <v>92.05</v>
       </c>
       <c r="C653">
-        <v>93.17</v>
+        <v>93.16</v>
       </c>
       <c r="D653">
-        <v>93.38</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:4">
+        <v>93.37</v>
+      </c>
+    </row>
+    <row r="654" spans="1:26">
       <c r="A654" t="s">
         <v>658</v>
       </c>
       <c r="B654">
-        <v>92.05</v>
+        <v>91.97</v>
       </c>
       <c r="C654">
-        <v>93.16</v>
+        <v>93.09</v>
       </c>
       <c r="D654">
-        <v>93.37</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:4">
+        <v>93.3</v>
+      </c>
+    </row>
+    <row r="655" spans="1:26">
       <c r="A655" t="s">
         <v>659</v>
       </c>
       <c r="B655">
-        <v>91.97</v>
+        <v>92.02</v>
       </c>
       <c r="C655">
-        <v>93.09</v>
+        <v>93.14</v>
       </c>
       <c r="D655">
-        <v>93.3</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:4">
+        <v>93.35</v>
+      </c>
+    </row>
+    <row r="656" spans="1:26">
       <c r="A656" t="s">
         <v>660</v>
       </c>
       <c r="B656">
-        <v>92.02</v>
+        <v>92.05</v>
       </c>
       <c r="C656">
-        <v>93.14</v>
+        <v>93.17</v>
       </c>
       <c r="D656">
-        <v>93.35</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:4">
+        <v>93.38</v>
+      </c>
+    </row>
+    <row r="657" spans="1:26">
       <c r="A657" t="s">
         <v>661</v>
       </c>
       <c r="B657">
-        <v>92.05</v>
+        <v>92.06</v>
       </c>
       <c r="C657">
         <v>93.17</v>
       </c>
       <c r="D657">
-        <v>93.38</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:4">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="658" spans="1:26">
       <c r="A658" t="s">
         <v>662</v>
       </c>
       <c r="B658">
-        <v>92.06</v>
+        <v>92.05</v>
       </c>
       <c r="C658">
-        <v>93.17</v>
+        <v>93.16</v>
       </c>
       <c r="D658">
-        <v>93.39</v>
-[...2 lines deleted...]
-    <row r="659" spans="1:4">
+        <v>93.38</v>
+      </c>
+    </row>
+    <row r="659" spans="1:26">
       <c r="A659" t="s">
         <v>663</v>
       </c>
       <c r="B659">
-        <v>92.05</v>
+        <v>91.97</v>
       </c>
       <c r="C659">
-        <v>93.16</v>
+        <v>93.09</v>
       </c>
       <c r="D659">
-        <v>93.38</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:4">
+        <v>93.3</v>
+      </c>
+    </row>
+    <row r="660" spans="1:26">
       <c r="A660" t="s">
         <v>664</v>
       </c>
       <c r="B660">
-        <v>91.97</v>
+        <v>91.84</v>
       </c>
       <c r="C660">
-        <v>93.09</v>
+        <v>92.96</v>
       </c>
       <c r="D660">
-        <v>93.3</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:4">
+        <v>93.17</v>
+      </c>
+    </row>
+    <row r="661" spans="1:26">
       <c r="A661" t="s">
         <v>665</v>
       </c>
       <c r="B661">
-        <v>91.84</v>
+        <v>91.55</v>
       </c>
       <c r="C661">
-        <v>92.96</v>
+        <v>92.67</v>
       </c>
       <c r="D661">
-        <v>93.17</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:4">
+        <v>92.88</v>
+      </c>
+    </row>
+    <row r="662" spans="1:26">
       <c r="A662" t="s">
         <v>666</v>
       </c>
       <c r="B662">
-        <v>91.55</v>
+        <v>91.93</v>
       </c>
       <c r="C662">
-        <v>92.67</v>
+        <v>93.05</v>
       </c>
       <c r="D662">
-        <v>92.88</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:4">
+        <v>93.27</v>
+      </c>
+    </row>
+    <row r="663" spans="1:26">
       <c r="A663" t="s">
         <v>667</v>
       </c>
       <c r="B663">
-        <v>91.93</v>
+        <v>91.83</v>
       </c>
       <c r="C663">
-        <v>93.05</v>
+        <v>92.95</v>
       </c>
       <c r="D663">
-        <v>93.27</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:4">
+        <v>93.17</v>
+      </c>
+    </row>
+    <row r="664" spans="1:26">
       <c r="A664" t="s">
         <v>668</v>
       </c>
       <c r="B664">
-        <v>91.83</v>
+        <v>91.72</v>
       </c>
       <c r="C664">
-        <v>92.95</v>
+        <v>92.84</v>
       </c>
       <c r="D664">
-        <v>93.17</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:4">
+        <v>93.06</v>
+      </c>
+    </row>
+    <row r="665" spans="1:26">
       <c r="A665" t="s">
         <v>669</v>
       </c>
       <c r="B665">
-        <v>91.72</v>
+        <v>91.61</v>
       </c>
       <c r="C665">
-        <v>92.84</v>
+        <v>92.74</v>
       </c>
       <c r="D665">
-        <v>93.06</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:4">
+        <v>92.95</v>
+      </c>
+    </row>
+    <row r="666" spans="1:26">
       <c r="A666" t="s">
         <v>670</v>
       </c>
       <c r="B666">
-        <v>91.61</v>
+        <v>91.73</v>
       </c>
       <c r="C666">
-        <v>92.74</v>
+        <v>92.85</v>
       </c>
       <c r="D666">
-        <v>92.95</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:4">
+        <v>93.07</v>
+      </c>
+    </row>
+    <row r="667" spans="1:26">
       <c r="A667" t="s">
         <v>671</v>
       </c>
       <c r="B667">
-        <v>91.73</v>
+        <v>91.68</v>
       </c>
       <c r="C667">
-        <v>92.85</v>
+        <v>92.81</v>
       </c>
       <c r="D667">
-        <v>93.07</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:4">
+        <v>93.02</v>
+      </c>
+    </row>
+    <row r="668" spans="1:26">
       <c r="A668" t="s">
         <v>672</v>
       </c>
       <c r="B668">
-        <v>91.68</v>
+        <v>91.9</v>
       </c>
       <c r="C668">
-        <v>92.81</v>
+        <v>93.03</v>
       </c>
       <c r="D668">
-        <v>93.02</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:4">
+        <v>93.25</v>
+      </c>
+    </row>
+    <row r="669" spans="1:26">
       <c r="A669" t="s">
         <v>673</v>
       </c>
       <c r="B669">
-        <v>91.9</v>
+        <v>91.89</v>
       </c>
       <c r="C669">
-        <v>93.03</v>
+        <v>93.02</v>
       </c>
       <c r="D669">
-        <v>93.25</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:4">
+        <v>93.24</v>
+      </c>
+    </row>
+    <row r="670" spans="1:26">
       <c r="A670" t="s">
         <v>674</v>
       </c>
       <c r="B670">
-        <v>91.89</v>
+        <v>92.0</v>
       </c>
       <c r="C670">
-        <v>93.02</v>
+        <v>93.13</v>
       </c>
       <c r="D670">
-        <v>93.24</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:4">
+        <v>93.35</v>
+      </c>
+    </row>
+    <row r="671" spans="1:26">
       <c r="A671" t="s">
         <v>675</v>
       </c>
       <c r="B671">
-        <v>92</v>
+        <v>91.97</v>
       </c>
       <c r="C671">
-        <v>93.13</v>
+        <v>93.1</v>
       </c>
       <c r="D671">
-        <v>93.35</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:4">
+        <v>93.32</v>
+      </c>
+    </row>
+    <row r="672" spans="1:26">
       <c r="A672" t="s">
         <v>676</v>
       </c>
       <c r="B672">
-        <v>91.97</v>
+        <v>92.06</v>
       </c>
       <c r="C672">
-        <v>93.1</v>
+        <v>93.19</v>
       </c>
       <c r="D672">
-        <v>93.32</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:4">
+        <v>93.41</v>
+      </c>
+    </row>
+    <row r="673" spans="1:26">
       <c r="A673" t="s">
         <v>677</v>
       </c>
       <c r="B673">
-        <v>92.06</v>
+        <v>91.95</v>
       </c>
       <c r="C673">
-        <v>93.19</v>
+        <v>93.09</v>
       </c>
       <c r="D673">
-        <v>93.41</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:4">
+        <v>93.31</v>
+      </c>
+    </row>
+    <row r="674" spans="1:26">
       <c r="A674" t="s">
         <v>678</v>
       </c>
       <c r="B674">
-        <v>91.95</v>
+        <v>91.69</v>
       </c>
       <c r="C674">
-        <v>93.09</v>
+        <v>92.83</v>
       </c>
       <c r="D674">
-        <v>93.31</v>
-[...2 lines deleted...]
-    <row r="675" spans="1:4">
+        <v>93.05</v>
+      </c>
+    </row>
+    <row r="675" spans="1:26">
       <c r="A675" t="s">
         <v>679</v>
       </c>
       <c r="B675">
-        <v>91.69</v>
+        <v>91.58</v>
       </c>
       <c r="C675">
-        <v>92.83</v>
+        <v>92.72</v>
       </c>
       <c r="D675">
-        <v>93.05</v>
-[...2 lines deleted...]
-    <row r="676" spans="1:4">
+        <v>92.94</v>
+      </c>
+    </row>
+    <row r="676" spans="1:26">
       <c r="A676" t="s">
         <v>680</v>
       </c>
       <c r="B676">
-        <v>91.58</v>
+        <v>91.49</v>
       </c>
       <c r="C676">
-        <v>92.72</v>
+        <v>92.63</v>
       </c>
       <c r="D676">
-        <v>92.94</v>
-[...2 lines deleted...]
-    <row r="677" spans="1:4">
+        <v>92.85</v>
+      </c>
+    </row>
+    <row r="677" spans="1:26">
       <c r="A677" t="s">
         <v>681</v>
       </c>
       <c r="B677">
-        <v>91.49</v>
+        <v>91.62</v>
       </c>
       <c r="C677">
-        <v>92.63</v>
+        <v>92.75</v>
       </c>
       <c r="D677">
-        <v>92.85</v>
-[...2 lines deleted...]
-    <row r="678" spans="1:4">
+        <v>92.98</v>
+      </c>
+    </row>
+    <row r="678" spans="1:26">
       <c r="A678" t="s">
         <v>682</v>
       </c>
       <c r="B678">
-        <v>91.62</v>
+        <v>91.61</v>
       </c>
       <c r="C678">
-        <v>92.75</v>
+        <v>92.76</v>
       </c>
       <c r="D678">
         <v>92.98</v>
       </c>
     </row>
-    <row r="679" spans="1:4">
+    <row r="679" spans="1:26">
       <c r="A679" t="s">
         <v>683</v>
       </c>
       <c r="B679">
-        <v>91.61</v>
+        <v>91.91</v>
       </c>
       <c r="C679">
-        <v>92.76</v>
+        <v>93.05</v>
       </c>
       <c r="D679">
-        <v>92.98</v>
-[...2 lines deleted...]
-    <row r="680" spans="1:4">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="680" spans="1:26">
       <c r="A680" t="s">
         <v>684</v>
       </c>
       <c r="B680">
-        <v>91.91</v>
+        <v>91.82</v>
       </c>
       <c r="C680">
-        <v>93.05</v>
+        <v>92.97</v>
       </c>
       <c r="D680">
-        <v>93.28</v>
-[...2 lines deleted...]
-    <row r="681" spans="1:4">
+        <v>93.19</v>
+      </c>
+    </row>
+    <row r="681" spans="1:26">
       <c r="A681" t="s">
         <v>685</v>
       </c>
       <c r="B681">
-        <v>91.82</v>
+        <v>91.92</v>
       </c>
       <c r="C681">
-        <v>92.97</v>
+        <v>93.07</v>
       </c>
       <c r="D681">
-        <v>93.19</v>
-[...2 lines deleted...]
-    <row r="682" spans="1:4">
+        <v>93.3</v>
+      </c>
+    </row>
+    <row r="682" spans="1:26">
       <c r="A682" t="s">
         <v>686</v>
       </c>
       <c r="B682">
-        <v>91.92</v>
+        <v>92.05</v>
       </c>
       <c r="C682">
-        <v>93.07</v>
+        <v>93.2</v>
       </c>
       <c r="D682">
-        <v>93.3</v>
-[...2 lines deleted...]
-    <row r="683" spans="1:4">
+        <v>93.43</v>
+      </c>
+    </row>
+    <row r="683" spans="1:26">
       <c r="A683" t="s">
         <v>687</v>
       </c>
       <c r="B683">
-        <v>92.05</v>
+        <v>92.16</v>
       </c>
       <c r="C683">
-        <v>93.2</v>
+        <v>93.32</v>
       </c>
       <c r="D683">
-        <v>93.43</v>
-[...2 lines deleted...]
-    <row r="684" spans="1:4">
+        <v>93.55</v>
+      </c>
+    </row>
+    <row r="684" spans="1:26">
       <c r="A684" t="s">
         <v>688</v>
       </c>
       <c r="B684">
-        <v>92.16</v>
+        <v>92.29</v>
       </c>
       <c r="C684">
-        <v>93.32</v>
+        <v>93.45</v>
       </c>
       <c r="D684">
-        <v>93.55</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:4">
+        <v>93.67</v>
+      </c>
+    </row>
+    <row r="685" spans="1:26">
       <c r="A685" t="s">
         <v>689</v>
       </c>
       <c r="B685">
-        <v>92.29</v>
+        <v>92.75</v>
       </c>
       <c r="C685">
-        <v>93.45</v>
+        <v>93.92</v>
       </c>
       <c r="D685">
-        <v>93.67</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:4">
+        <v>94.15</v>
+      </c>
+    </row>
+    <row r="686" spans="1:26">
       <c r="A686" t="s">
         <v>690</v>
       </c>
       <c r="B686">
-        <v>92.75</v>
+        <v>92.95</v>
       </c>
       <c r="C686">
-        <v>93.92</v>
+        <v>94.12</v>
       </c>
       <c r="D686">
-        <v>94.15</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:4">
+        <v>94.35</v>
+      </c>
+    </row>
+    <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>691</v>
       </c>
       <c r="B687">
-        <v>92.95</v>
+        <v>92.77</v>
       </c>
       <c r="C687">
-        <v>94.12</v>
+        <v>93.94</v>
       </c>
       <c r="D687">
-        <v>94.35</v>
-[...2 lines deleted...]
-    <row r="688" spans="1:4">
+        <v>94.17</v>
+      </c>
+    </row>
+    <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>692</v>
       </c>
       <c r="B688">
-        <v>92.77</v>
+        <v>92.89</v>
       </c>
       <c r="C688">
-        <v>93.94</v>
+        <v>94.06</v>
       </c>
       <c r="D688">
-        <v>94.17</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:4">
+        <v>94.29</v>
+      </c>
+    </row>
+    <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>693</v>
       </c>
       <c r="B689">
-        <v>92.89</v>
+        <v>92.96</v>
       </c>
       <c r="C689">
-        <v>94.06</v>
+        <v>94.13</v>
       </c>
       <c r="D689">
-        <v>94.29</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:4">
+        <v>94.36</v>
+      </c>
+    </row>
+    <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>694</v>
       </c>
       <c r="B690">
-        <v>92.96</v>
+        <v>93.0</v>
       </c>
       <c r="C690">
-        <v>94.13</v>
+        <v>94.18</v>
       </c>
       <c r="D690">
-        <v>94.36</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:4">
+        <v>94.41</v>
+      </c>
+    </row>
+    <row r="691" spans="1:26">
       <c r="A691" t="s">
         <v>695</v>
       </c>
       <c r="B691">
-        <v>93</v>
+        <v>92.83</v>
       </c>
       <c r="C691">
-        <v>94.18</v>
+        <v>94.01</v>
       </c>
       <c r="D691">
-        <v>94.41</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:4">
+        <v>94.24</v>
+      </c>
+    </row>
+    <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>696</v>
       </c>
       <c r="B692">
-        <v>92.83</v>
+        <v>92.87</v>
       </c>
       <c r="C692">
-        <v>94.01</v>
+        <v>94.05</v>
       </c>
       <c r="D692">
-        <v>94.24</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:4">
+        <v>94.28</v>
+      </c>
+    </row>
+    <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>697</v>
       </c>
       <c r="B693">
-        <v>92.87</v>
+        <v>93.35</v>
       </c>
       <c r="C693">
-        <v>94.05</v>
+        <v>94.53</v>
       </c>
       <c r="D693">
-        <v>94.28</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:4">
+        <v>94.77</v>
+      </c>
+    </row>
+    <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>698</v>
       </c>
       <c r="B694">
-        <v>93.35</v>
+        <v>93.38</v>
       </c>
       <c r="C694">
-        <v>94.53</v>
+        <v>94.57</v>
       </c>
       <c r="D694">
-        <v>94.77</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:4">
+        <v>94.8</v>
+      </c>
+    </row>
+    <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>699</v>
       </c>
       <c r="B695">
-        <v>93.38</v>
+        <v>93.55</v>
       </c>
       <c r="C695">
-        <v>94.57</v>
+        <v>94.74</v>
       </c>
       <c r="D695">
-        <v>94.8</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:4">
+        <v>94.97</v>
+      </c>
+    </row>
+    <row r="696" spans="1:26">
       <c r="A696" t="s">
         <v>700</v>
       </c>
       <c r="B696">
         <v>93.55</v>
       </c>
       <c r="C696">
         <v>94.74</v>
       </c>
       <c r="D696">
         <v>94.97</v>
       </c>
     </row>
-    <row r="697" spans="1:4">
+    <row r="697" spans="1:26">
       <c r="A697" t="s">
         <v>701</v>
       </c>
       <c r="B697">
-        <v>93.55</v>
+        <v>93.47</v>
       </c>
       <c r="C697">
-        <v>94.74</v>
+        <v>94.66</v>
       </c>
       <c r="D697">
-        <v>94.97</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:4">
+        <v>94.9</v>
+      </c>
+    </row>
+    <row r="698" spans="1:26">
       <c r="A698" t="s">
         <v>702</v>
       </c>
       <c r="B698">
-        <v>93.47</v>
+        <v>93.59</v>
       </c>
       <c r="C698">
-        <v>94.66</v>
+        <v>94.79</v>
       </c>
       <c r="D698">
-        <v>94.9</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:4">
+        <v>95.02</v>
+      </c>
+    </row>
+    <row r="699" spans="1:26">
       <c r="A699" t="s">
         <v>703</v>
       </c>
       <c r="B699">
-        <v>93.59</v>
+        <v>93.57</v>
       </c>
       <c r="C699">
-        <v>94.79</v>
+        <v>94.77</v>
       </c>
       <c r="D699">
-        <v>95.02</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:4">
+        <v>95.01</v>
+      </c>
+    </row>
+    <row r="700" spans="1:26">
       <c r="A700" t="s">
         <v>704</v>
       </c>
       <c r="B700">
-        <v>93.57</v>
+        <v>93.51</v>
       </c>
       <c r="C700">
-        <v>94.77</v>
+        <v>94.71</v>
       </c>
       <c r="D700">
-        <v>95.01</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:4">
+        <v>94.94</v>
+      </c>
+    </row>
+    <row r="701" spans="1:26">
       <c r="A701" t="s">
         <v>705</v>
       </c>
       <c r="B701">
-        <v>93.51</v>
+        <v>93.49</v>
       </c>
       <c r="C701">
-        <v>94.71</v>
+        <v>94.68</v>
       </c>
       <c r="D701">
-        <v>94.94</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:4">
+        <v>94.92</v>
+      </c>
+    </row>
+    <row r="702" spans="1:26">
       <c r="A702" t="s">
         <v>706</v>
       </c>
       <c r="B702">
-        <v>93.49</v>
+        <v>93.72</v>
       </c>
       <c r="C702">
-        <v>94.68</v>
+        <v>94.92</v>
       </c>
       <c r="D702">
-        <v>94.92</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:4">
+        <v>95.16</v>
+      </c>
+    </row>
+    <row r="703" spans="1:26">
       <c r="A703" t="s">
         <v>707</v>
       </c>
       <c r="B703">
-        <v>93.72</v>
+        <v>93.89</v>
       </c>
       <c r="C703">
-        <v>94.92</v>
+        <v>95.1</v>
       </c>
       <c r="D703">
-        <v>95.16</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:4">
+        <v>95.34</v>
+      </c>
+    </row>
+    <row r="704" spans="1:26">
       <c r="A704" t="s">
         <v>708</v>
       </c>
       <c r="B704">
-        <v>93.89</v>
+        <v>94.16</v>
       </c>
       <c r="C704">
-        <v>95.1</v>
+        <v>95.39</v>
       </c>
       <c r="D704">
-        <v>95.34</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:4">
+        <v>95.63</v>
+      </c>
+    </row>
+    <row r="705" spans="1:26">
       <c r="A705" t="s">
         <v>709</v>
       </c>
       <c r="B705">
-        <v>94.16</v>
+        <v>94.26</v>
       </c>
       <c r="C705">
-        <v>95.39</v>
+        <v>95.47</v>
       </c>
       <c r="D705">
-        <v>95.63</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:4">
+        <v>95.71</v>
+      </c>
+    </row>
+    <row r="706" spans="1:26">
       <c r="A706" t="s">
         <v>710</v>
       </c>
       <c r="B706">
-        <v>94.26</v>
+        <v>94.56</v>
       </c>
       <c r="C706">
-        <v>95.47</v>
+        <v>95.81</v>
       </c>
       <c r="D706">
-        <v>95.71</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:4">
+        <v>96.05</v>
+      </c>
+    </row>
+    <row r="707" spans="1:26">
       <c r="A707" t="s">
         <v>711</v>
       </c>
       <c r="B707">
-        <v>94.56</v>
+        <v>94.62</v>
       </c>
       <c r="C707">
-        <v>95.81</v>
+        <v>95.89</v>
       </c>
       <c r="D707">
-        <v>96.05</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:4">
+        <v>96.13</v>
+      </c>
+    </row>
+    <row r="708" spans="1:26">
       <c r="A708" t="s">
         <v>712</v>
       </c>
       <c r="B708">
-        <v>94.62</v>
+        <v>94.77</v>
       </c>
       <c r="C708">
-        <v>95.89</v>
+        <v>96.04</v>
       </c>
       <c r="D708">
-        <v>96.13</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:4">
+        <v>96.3</v>
+      </c>
+    </row>
+    <row r="709" spans="1:26">
       <c r="A709" t="s">
         <v>713</v>
       </c>
       <c r="B709">
-        <v>94.77</v>
+        <v>94.85</v>
       </c>
       <c r="C709">
-        <v>96.04</v>
+        <v>96.13</v>
       </c>
       <c r="D709">
-        <v>96.3</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:4">
+        <v>96.39</v>
+      </c>
+    </row>
+    <row r="710" spans="1:26">
       <c r="A710" t="s">
         <v>714</v>
       </c>
       <c r="B710">
-        <v>94.85</v>
+        <v>94.91</v>
       </c>
       <c r="C710">
-        <v>96.13</v>
+        <v>96.19</v>
       </c>
       <c r="D710">
-        <v>96.39</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:4">
+        <v>96.45</v>
+      </c>
+    </row>
+    <row r="711" spans="1:26">
       <c r="A711" t="s">
         <v>715</v>
       </c>
       <c r="B711">
-        <v>94.91</v>
+        <v>94.77</v>
       </c>
       <c r="C711">
-        <v>96.19</v>
+        <v>96.05</v>
       </c>
       <c r="D711">
-        <v>96.45</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:4">
+        <v>96.31</v>
+      </c>
+    </row>
+    <row r="712" spans="1:26">
       <c r="A712" t="s">
         <v>716</v>
       </c>
       <c r="B712">
-        <v>94.77</v>
+        <v>94.78</v>
       </c>
       <c r="C712">
-        <v>96.05</v>
+        <v>96.07</v>
       </c>
       <c r="D712">
-        <v>96.31</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:4">
+        <v>96.32</v>
+      </c>
+    </row>
+    <row r="713" spans="1:26">
       <c r="A713" t="s">
         <v>717</v>
       </c>
       <c r="B713">
-        <v>94.78</v>
+        <v>94.82</v>
       </c>
       <c r="C713">
-        <v>96.07</v>
+        <v>96.11</v>
       </c>
       <c r="D713">
-        <v>96.32</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:4">
+        <v>96.37</v>
+      </c>
+    </row>
+    <row r="714" spans="1:26">
       <c r="A714" t="s">
         <v>718</v>
       </c>
       <c r="B714">
-        <v>94.82</v>
+        <v>94.92</v>
       </c>
       <c r="C714">
-        <v>96.11</v>
+        <v>96.21</v>
       </c>
       <c r="D714">
-        <v>96.37</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:4">
+        <v>96.47</v>
+      </c>
+    </row>
+    <row r="715" spans="1:26">
       <c r="A715" t="s">
         <v>719</v>
       </c>
       <c r="B715">
-        <v>94.92</v>
+        <v>95.46</v>
       </c>
       <c r="C715">
-        <v>96.21</v>
+        <v>96.76</v>
       </c>
       <c r="D715">
-        <v>96.47</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:4">
+        <v>97.02</v>
+      </c>
+    </row>
+    <row r="716" spans="1:26">
       <c r="A716" t="s">
         <v>720</v>
       </c>
       <c r="B716">
-        <v>95.46</v>
+        <v>95.61</v>
       </c>
       <c r="C716">
-        <v>96.76</v>
+        <v>96.91</v>
       </c>
       <c r="D716">
-        <v>97.02</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:4">
+        <v>97.17</v>
+      </c>
+    </row>
+    <row r="717" spans="1:26">
       <c r="A717" t="s">
         <v>721</v>
       </c>
       <c r="B717">
-        <v>95.61</v>
+        <v>95.54</v>
       </c>
       <c r="C717">
-        <v>96.91</v>
+        <v>96.85</v>
       </c>
       <c r="D717">
-        <v>97.17</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:4">
+        <v>97.11</v>
+      </c>
+    </row>
+    <row r="718" spans="1:26">
       <c r="A718" t="s">
         <v>722</v>
       </c>
       <c r="B718">
-        <v>95.54</v>
+        <v>95.6</v>
       </c>
       <c r="C718">
-        <v>96.85</v>
+        <v>96.91</v>
       </c>
       <c r="D718">
-        <v>97.11</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:4">
+        <v>97.17</v>
+      </c>
+    </row>
+    <row r="719" spans="1:26">
       <c r="A719" t="s">
         <v>723</v>
       </c>
       <c r="B719">
-        <v>95.6</v>
+        <v>95.71</v>
       </c>
       <c r="C719">
-        <v>96.91</v>
+        <v>97.02</v>
       </c>
       <c r="D719">
-        <v>97.17</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:4">
+        <v>97.28</v>
+      </c>
+    </row>
+    <row r="720" spans="1:26">
       <c r="A720" t="s">
         <v>724</v>
       </c>
       <c r="B720">
-        <v>95.71</v>
+        <v>95.79</v>
       </c>
       <c r="C720">
-        <v>97.02</v>
+        <v>97.1</v>
       </c>
       <c r="D720">
-        <v>97.28</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:4">
+        <v>97.37</v>
+      </c>
+    </row>
+    <row r="721" spans="1:26">
       <c r="A721" t="s">
         <v>725</v>
       </c>
       <c r="B721">
-        <v>95.79</v>
+        <v>95.85</v>
       </c>
       <c r="C721">
-        <v>97.1</v>
+        <v>97.17</v>
       </c>
       <c r="D721">
-        <v>97.37</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:4">
+        <v>97.44</v>
+      </c>
+    </row>
+    <row r="722" spans="1:26">
       <c r="A722" t="s">
         <v>726</v>
       </c>
       <c r="B722">
-        <v>95.85</v>
+        <v>95.92</v>
       </c>
       <c r="C722">
-        <v>97.17</v>
+        <v>97.25</v>
       </c>
       <c r="D722">
-        <v>97.44</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:4">
+        <v>97.52</v>
+      </c>
+    </row>
+    <row r="723" spans="1:26">
       <c r="A723" t="s">
         <v>727</v>
       </c>
       <c r="B723">
-        <v>95.92</v>
+        <v>95.97</v>
       </c>
       <c r="C723">
-        <v>97.25</v>
+        <v>97.29</v>
       </c>
       <c r="D723">
-        <v>97.52</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:4">
+        <v>97.56</v>
+      </c>
+    </row>
+    <row r="724" spans="1:26">
       <c r="A724" t="s">
         <v>728</v>
       </c>
       <c r="B724">
-        <v>95.97</v>
+        <v>95.93</v>
       </c>
       <c r="C724">
-        <v>97.29</v>
+        <v>97.26</v>
       </c>
       <c r="D724">
-        <v>97.56</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:4">
+        <v>97.53</v>
+      </c>
+    </row>
+    <row r="725" spans="1:26">
       <c r="A725" t="s">
         <v>729</v>
       </c>
       <c r="B725">
-        <v>95.93</v>
+        <v>95.84</v>
       </c>
       <c r="C725">
-        <v>97.26</v>
+        <v>97.17</v>
       </c>
       <c r="D725">
-        <v>97.53</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:4">
+        <v>97.44</v>
+      </c>
+    </row>
+    <row r="726" spans="1:26">
       <c r="A726" t="s">
         <v>730</v>
       </c>
       <c r="B726">
-        <v>95.84</v>
+        <v>95.79</v>
       </c>
       <c r="C726">
-        <v>97.17</v>
+        <v>97.12</v>
       </c>
       <c r="D726">
-        <v>97.44</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:4">
+        <v>97.39</v>
+      </c>
+    </row>
+    <row r="727" spans="1:26">
       <c r="A727" t="s">
         <v>731</v>
       </c>
       <c r="B727">
-        <v>95.79</v>
+        <v>95.55</v>
       </c>
       <c r="C727">
-        <v>97.12</v>
+        <v>96.87</v>
       </c>
       <c r="D727">
-        <v>97.39</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:4">
+        <v>97.15</v>
+      </c>
+    </row>
+    <row r="728" spans="1:26">
       <c r="A728" t="s">
         <v>732</v>
       </c>
       <c r="B728">
-        <v>95.55</v>
+        <v>95.45</v>
       </c>
       <c r="C728">
-        <v>96.87</v>
+        <v>96.78</v>
       </c>
       <c r="D728">
-        <v>97.15</v>
-[...2 lines deleted...]
-    <row r="729" spans="1:4">
+        <v>97.05</v>
+      </c>
+    </row>
+    <row r="729" spans="1:26">
       <c r="A729" t="s">
         <v>733</v>
       </c>
       <c r="B729">
-        <v>95.45</v>
+        <v>95.48</v>
       </c>
       <c r="C729">
-        <v>96.78</v>
+        <v>96.81</v>
       </c>
       <c r="D729">
-        <v>97.05</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:4">
+        <v>97.08</v>
+      </c>
+    </row>
+    <row r="730" spans="1:26">
       <c r="A730" t="s">
         <v>734</v>
       </c>
       <c r="B730">
-        <v>95.48</v>
+        <v>95.47</v>
       </c>
       <c r="C730">
-        <v>96.81</v>
+        <v>96.8</v>
       </c>
       <c r="D730">
-        <v>97.08</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:4">
+        <v>97.06</v>
+      </c>
+    </row>
+    <row r="731" spans="1:26">
       <c r="A731" t="s">
         <v>735</v>
       </c>
       <c r="B731">
-        <v>95.47</v>
+        <v>95.48</v>
       </c>
       <c r="C731">
-        <v>96.8</v>
+        <v>96.82</v>
       </c>
       <c r="D731">
-        <v>97.06</v>
-[...2 lines deleted...]
-    <row r="732" spans="1:4">
+        <v>97.07</v>
+      </c>
+    </row>
+    <row r="732" spans="1:26">
       <c r="A732" t="s">
         <v>736</v>
       </c>
       <c r="B732">
-        <v>95.48</v>
+        <v>95.68</v>
       </c>
       <c r="C732">
-        <v>96.82</v>
+        <v>97.0</v>
       </c>
       <c r="D732">
-        <v>97.07</v>
-[...2 lines deleted...]
-    <row r="733" spans="1:4">
+        <v>97.25</v>
+      </c>
+    </row>
+    <row r="733" spans="1:26">
       <c r="A733" t="s">
         <v>737</v>
       </c>
       <c r="B733">
-        <v>95.68</v>
+        <v>95.93</v>
       </c>
       <c r="C733">
-        <v>97</v>
+        <v>97.27</v>
       </c>
       <c r="D733">
-        <v>97.25</v>
-[...2 lines deleted...]
-    <row r="734" spans="1:4">
+        <v>97.52</v>
+      </c>
+    </row>
+    <row r="734" spans="1:26">
       <c r="A734" t="s">
         <v>738</v>
       </c>
       <c r="B734">
-        <v>95.93</v>
+        <v>95.87</v>
       </c>
       <c r="C734">
-        <v>97.27</v>
+        <v>97.19</v>
       </c>
       <c r="D734">
-        <v>97.52</v>
-[...2 lines deleted...]
-    <row r="735" spans="1:4">
+        <v>97.44</v>
+      </c>
+    </row>
+    <row r="735" spans="1:26">
       <c r="A735" t="s">
         <v>739</v>
       </c>
       <c r="B735">
-        <v>95.87</v>
+        <v>95.83</v>
       </c>
       <c r="C735">
-        <v>97.19</v>
+        <v>97.14</v>
       </c>
       <c r="D735">
-        <v>97.44</v>
-[...2 lines deleted...]
-    <row r="736" spans="1:4">
+        <v>97.4</v>
+      </c>
+    </row>
+    <row r="736" spans="1:26">
       <c r="A736" t="s">
         <v>740</v>
       </c>
       <c r="B736">
-        <v>95.83</v>
+        <v>95.64</v>
       </c>
       <c r="C736">
-        <v>97.14</v>
+        <v>96.93</v>
       </c>
       <c r="D736">
-        <v>97.4</v>
-[...2 lines deleted...]
-    <row r="737" spans="1:4">
+        <v>97.18</v>
+      </c>
+    </row>
+    <row r="737" spans="1:26">
       <c r="A737" t="s">
         <v>741</v>
       </c>
       <c r="B737">
-        <v>95.64</v>
+        <v>95.69</v>
       </c>
       <c r="C737">
-        <v>96.93</v>
+        <v>96.98</v>
       </c>
       <c r="D737">
-        <v>97.18</v>
-[...2 lines deleted...]
-    <row r="738" spans="1:4">
+        <v>97.24</v>
+      </c>
+    </row>
+    <row r="738" spans="1:26">
       <c r="A738" t="s">
         <v>742</v>
       </c>
       <c r="B738">
-        <v>95.69</v>
+        <v>95.71</v>
       </c>
       <c r="C738">
-        <v>96.98</v>
+        <v>97.0</v>
       </c>
       <c r="D738">
-        <v>97.24</v>
-[...2 lines deleted...]
-    <row r="739" spans="1:4">
+        <v>97.26</v>
+      </c>
+    </row>
+    <row r="739" spans="1:26">
       <c r="A739" t="s">
         <v>743</v>
       </c>
       <c r="B739">
-        <v>95.71</v>
+        <v>95.88</v>
       </c>
       <c r="C739">
-        <v>97</v>
+        <v>97.18</v>
       </c>
       <c r="D739">
-        <v>97.26</v>
-[...2 lines deleted...]
-    <row r="740" spans="1:4">
+        <v>97.44</v>
+      </c>
+    </row>
+    <row r="740" spans="1:26">
       <c r="A740" t="s">
         <v>744</v>
       </c>
       <c r="B740">
-        <v>95.88</v>
+        <v>95.83</v>
       </c>
       <c r="C740">
-        <v>97.18</v>
+        <v>97.14</v>
       </c>
       <c r="D740">
-        <v>97.44</v>
-[...2 lines deleted...]
-    <row r="741" spans="1:4">
+        <v>97.39</v>
+      </c>
+    </row>
+    <row r="741" spans="1:26">
       <c r="A741" t="s">
         <v>745</v>
       </c>
       <c r="B741">
-        <v>95.83</v>
+        <v>95.89</v>
       </c>
       <c r="C741">
-        <v>97.14</v>
+        <v>97.19</v>
       </c>
       <c r="D741">
-        <v>97.39</v>
-[...2 lines deleted...]
-    <row r="742" spans="1:4">
+        <v>97.45</v>
+      </c>
+    </row>
+    <row r="742" spans="1:26">
       <c r="A742" t="s">
         <v>746</v>
       </c>
       <c r="B742">
-        <v>95.89</v>
+        <v>96.08</v>
       </c>
       <c r="C742">
-        <v>97.19</v>
+        <v>97.41</v>
       </c>
       <c r="D742">
-        <v>97.45</v>
-[...2 lines deleted...]
-    <row r="743" spans="1:4">
+        <v>97.67</v>
+      </c>
+    </row>
+    <row r="743" spans="1:26">
       <c r="A743" t="s">
         <v>747</v>
       </c>
       <c r="B743">
-        <v>96.08</v>
+        <v>96.17</v>
       </c>
       <c r="C743">
-        <v>97.41</v>
+        <v>97.49</v>
       </c>
       <c r="D743">
-        <v>97.67</v>
-[...2 lines deleted...]
-    <row r="744" spans="1:4">
+        <v>97.75</v>
+      </c>
+    </row>
+    <row r="744" spans="1:26">
       <c r="A744" t="s">
         <v>748</v>
       </c>
       <c r="B744">
-        <v>96.17</v>
+        <v>96.29</v>
       </c>
       <c r="C744">
-        <v>97.49</v>
+        <v>97.66</v>
       </c>
       <c r="D744">
-        <v>97.75</v>
-[...2 lines deleted...]
-    <row r="745" spans="1:4">
+        <v>97.92</v>
+      </c>
+    </row>
+    <row r="745" spans="1:26">
       <c r="A745" t="s">
         <v>749</v>
       </c>
       <c r="B745">
-        <v>96.29</v>
+        <v>96.28</v>
       </c>
       <c r="C745">
-        <v>97.66</v>
+        <v>97.62</v>
       </c>
       <c r="D745">
-        <v>97.92</v>
-[...2 lines deleted...]
-    <row r="746" spans="1:4">
+        <v>97.88</v>
+      </c>
+    </row>
+    <row r="746" spans="1:26">
       <c r="A746" t="s">
         <v>750</v>
       </c>
       <c r="B746">
-        <v>96.28</v>
+        <v>96.42</v>
       </c>
       <c r="C746">
-        <v>97.62</v>
+        <v>97.79</v>
       </c>
       <c r="D746">
-        <v>97.88</v>
-[...2 lines deleted...]
-    <row r="747" spans="1:4">
+        <v>98.08</v>
+      </c>
+    </row>
+    <row r="747" spans="1:26">
       <c r="A747" t="s">
         <v>751</v>
       </c>
       <c r="B747">
-        <v>96.42</v>
+        <v>96.35</v>
       </c>
       <c r="C747">
-        <v>97.79</v>
+        <v>97.72</v>
       </c>
       <c r="D747">
-        <v>98.08</v>
-[...2 lines deleted...]
-    <row r="748" spans="1:4">
+        <v>98.01</v>
+      </c>
+    </row>
+    <row r="748" spans="1:26">
       <c r="A748" t="s">
         <v>752</v>
       </c>
       <c r="B748">
-        <v>96.35</v>
+        <v>96.23</v>
       </c>
       <c r="C748">
-        <v>97.72</v>
+        <v>97.57</v>
       </c>
       <c r="D748">
-        <v>98.01</v>
-[...2 lines deleted...]
-    <row r="749" spans="1:4">
+        <v>97.83</v>
+      </c>
+    </row>
+    <row r="749" spans="1:26">
       <c r="A749" t="s">
         <v>753</v>
       </c>
       <c r="B749">
-        <v>96.23</v>
+        <v>96.12</v>
       </c>
       <c r="C749">
-        <v>97.57</v>
+        <v>97.45</v>
       </c>
       <c r="D749">
-        <v>97.83</v>
-[...2 lines deleted...]
-    <row r="750" spans="1:4">
+        <v>97.71</v>
+      </c>
+    </row>
+    <row r="750" spans="1:26">
       <c r="A750" t="s">
         <v>754</v>
       </c>
       <c r="B750">
-        <v>96.12</v>
+        <v>96.14</v>
       </c>
       <c r="C750">
-        <v>97.45</v>
+        <v>97.47</v>
       </c>
       <c r="D750">
-        <v>97.71</v>
-[...2 lines deleted...]
-    <row r="751" spans="1:4">
+        <v>97.73</v>
+      </c>
+    </row>
+    <row r="751" spans="1:26">
       <c r="A751" t="s">
         <v>755</v>
       </c>
       <c r="B751">
-        <v>96.14</v>
+        <v>96.08</v>
       </c>
       <c r="C751">
-        <v>97.47</v>
+        <v>97.41</v>
       </c>
       <c r="D751">
-        <v>97.73</v>
-[...2 lines deleted...]
-    <row r="752" spans="1:4">
+        <v>97.68</v>
+      </c>
+    </row>
+    <row r="752" spans="1:26">
       <c r="A752" t="s">
         <v>756</v>
       </c>
       <c r="B752">
-        <v>96.08</v>
+        <v>96.02</v>
       </c>
       <c r="C752">
-        <v>97.41</v>
+        <v>97.35</v>
       </c>
       <c r="D752">
-        <v>97.68</v>
-[...2 lines deleted...]
-    <row r="753" spans="1:4">
+        <v>97.61</v>
+      </c>
+    </row>
+    <row r="753" spans="1:26">
       <c r="A753" t="s">
         <v>757</v>
       </c>
       <c r="B753">
-        <v>96.02</v>
+        <v>95.96</v>
       </c>
       <c r="C753">
-        <v>97.35</v>
+        <v>97.29</v>
       </c>
       <c r="D753">
-        <v>97.61</v>
-[...2 lines deleted...]
-    <row r="754" spans="1:4">
+        <v>97.55</v>
+      </c>
+    </row>
+    <row r="754" spans="1:26">
       <c r="A754" t="s">
         <v>758</v>
       </c>
       <c r="B754">
-        <v>95.96</v>
+        <v>96.0</v>
       </c>
       <c r="C754">
-        <v>97.29</v>
+        <v>97.34</v>
       </c>
       <c r="D754">
-        <v>97.55</v>
-[...2 lines deleted...]
-    <row r="755" spans="1:4">
+        <v>97.6</v>
+      </c>
+    </row>
+    <row r="755" spans="1:26">
       <c r="A755" t="s">
         <v>759</v>
       </c>
       <c r="B755">
-        <v>96</v>
+        <v>95.95</v>
       </c>
       <c r="C755">
-        <v>97.34</v>
+        <v>97.29</v>
       </c>
       <c r="D755">
-        <v>97.6</v>
-[...2 lines deleted...]
-    <row r="756" spans="1:4">
+        <v>97.55</v>
+      </c>
+    </row>
+    <row r="756" spans="1:26">
       <c r="A756" t="s">
         <v>760</v>
       </c>
       <c r="B756">
-        <v>95.95</v>
+        <v>96.05</v>
       </c>
       <c r="C756">
-        <v>97.29</v>
+        <v>97.39</v>
       </c>
       <c r="D756">
-        <v>97.55</v>
-[...2 lines deleted...]
-    <row r="757" spans="1:4">
+        <v>97.65</v>
+      </c>
+    </row>
+    <row r="757" spans="1:26">
       <c r="A757" t="s">
         <v>761</v>
       </c>
       <c r="B757">
         <v>96.05</v>
       </c>
       <c r="C757">
         <v>97.39</v>
       </c>
       <c r="D757">
         <v>97.65</v>
       </c>
     </row>
-    <row r="758" spans="1:4">
+    <row r="758" spans="1:26">
       <c r="A758" t="s">
         <v>762</v>
       </c>
       <c r="B758">
-        <v>96.05</v>
+        <v>95.97</v>
       </c>
       <c r="C758">
-        <v>97.39</v>
+        <v>97.31</v>
       </c>
       <c r="D758">
-        <v>97.65</v>
-[...2 lines deleted...]
-    <row r="759" spans="1:4">
+        <v>97.58</v>
+      </c>
+    </row>
+    <row r="759" spans="1:26">
       <c r="A759" t="s">
         <v>763</v>
       </c>
       <c r="B759">
-        <v>95.97</v>
+        <v>96.02</v>
       </c>
       <c r="C759">
-        <v>97.31</v>
+        <v>97.36</v>
       </c>
       <c r="D759">
-        <v>97.58</v>
-[...2 lines deleted...]
-    <row r="760" spans="1:4">
+        <v>97.62</v>
+      </c>
+    </row>
+    <row r="760" spans="1:26">
       <c r="A760" t="s">
         <v>764</v>
       </c>
       <c r="B760">
-        <v>96.02</v>
+        <v>96.11</v>
       </c>
       <c r="C760">
-        <v>97.36</v>
+        <v>97.46</v>
       </c>
       <c r="D760">
-        <v>97.62</v>
-[...2 lines deleted...]
-    <row r="761" spans="1:4">
+        <v>97.72</v>
+      </c>
+    </row>
+    <row r="761" spans="1:26">
       <c r="A761" t="s">
         <v>765</v>
       </c>
       <c r="B761">
-        <v>96.11</v>
+        <v>96.0</v>
       </c>
       <c r="C761">
-        <v>97.46</v>
+        <v>97.35</v>
       </c>
       <c r="D761">
-        <v>97.72</v>
-[...2 lines deleted...]
-    <row r="762" spans="1:4">
+        <v>97.61</v>
+      </c>
+    </row>
+    <row r="762" spans="1:26">
       <c r="A762" t="s">
         <v>766</v>
       </c>
       <c r="B762">
-        <v>96</v>
+        <v>96.0</v>
       </c>
       <c r="C762">
-        <v>97.35</v>
+        <v>97.34</v>
       </c>
       <c r="D762">
         <v>97.61</v>
       </c>
     </row>
-    <row r="763" spans="1:4">
+    <row r="763" spans="1:26">
       <c r="A763" t="s">
         <v>767</v>
       </c>
       <c r="B763">
-        <v>96</v>
+        <v>96.17</v>
       </c>
       <c r="C763">
-        <v>97.34</v>
+        <v>97.52</v>
       </c>
       <c r="D763">
-        <v>97.61</v>
-[...2 lines deleted...]
-    <row r="764" spans="1:4">
+        <v>97.79</v>
+      </c>
+    </row>
+    <row r="764" spans="1:26">
       <c r="A764" t="s">
         <v>768</v>
       </c>
       <c r="B764">
-        <v>96.17</v>
+        <v>96.05</v>
       </c>
       <c r="C764">
-        <v>97.52</v>
+        <v>97.4</v>
       </c>
       <c r="D764">
-        <v>97.79</v>
-[...2 lines deleted...]
-    <row r="765" spans="1:4">
+        <v>97.67</v>
+      </c>
+    </row>
+    <row r="765" spans="1:26">
       <c r="A765" t="s">
         <v>769</v>
       </c>
       <c r="B765">
-        <v>96.05</v>
+        <v>95.98</v>
       </c>
       <c r="C765">
-        <v>97.4</v>
+        <v>97.33</v>
       </c>
       <c r="D765">
-        <v>97.67</v>
-[...2 lines deleted...]
-    <row r="766" spans="1:4">
+        <v>97.6</v>
+      </c>
+    </row>
+    <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>770</v>
       </c>
       <c r="B766">
-        <v>95.98</v>
+        <v>95.94</v>
       </c>
       <c r="C766">
-        <v>97.33</v>
+        <v>97.29</v>
       </c>
       <c r="D766">
-        <v>97.6</v>
-[...2 lines deleted...]
-    <row r="767" spans="1:4">
+        <v>97.56</v>
+      </c>
+    </row>
+    <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>771</v>
       </c>
       <c r="B767">
-        <v>95.94</v>
+        <v>96.08</v>
       </c>
       <c r="C767">
-        <v>97.29</v>
+        <v>97.44</v>
       </c>
       <c r="D767">
-        <v>97.56</v>
-[...2 lines deleted...]
-    <row r="768" spans="1:4">
+        <v>97.71</v>
+      </c>
+    </row>
+    <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>772</v>
       </c>
       <c r="B768">
-        <v>96.08</v>
+        <v>96.12</v>
       </c>
       <c r="C768">
-        <v>97.44</v>
+        <v>97.48</v>
       </c>
       <c r="D768">
-        <v>97.71</v>
-[...2 lines deleted...]
-    <row r="769" spans="1:4">
+        <v>97.75</v>
+      </c>
+    </row>
+    <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>773</v>
       </c>
       <c r="B769">
-        <v>96.12</v>
+        <v>96.11</v>
       </c>
       <c r="C769">
-        <v>97.48</v>
+        <v>97.47</v>
       </c>
       <c r="D769">
-        <v>97.75</v>
-[...2 lines deleted...]
-    <row r="770" spans="1:4">
+        <v>97.74</v>
+      </c>
+    </row>
+    <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>774</v>
       </c>
       <c r="B770">
-        <v>96.11</v>
+        <v>96.2</v>
       </c>
       <c r="C770">
-        <v>97.47</v>
+        <v>97.59</v>
       </c>
       <c r="D770">
-        <v>97.74</v>
-[...2 lines deleted...]
-    <row r="771" spans="1:4">
+        <v>97.86</v>
+      </c>
+    </row>
+    <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>775</v>
       </c>
       <c r="B771">
-        <v>96.2</v>
+        <v>96.18</v>
       </c>
       <c r="C771">
-        <v>97.59</v>
+        <v>97.56</v>
       </c>
       <c r="D771">
-        <v>97.86</v>
-[...2 lines deleted...]
-    <row r="772" spans="1:4">
+        <v>97.83</v>
+      </c>
+    </row>
+    <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>776</v>
       </c>
       <c r="B772">
-        <v>96.18</v>
+        <v>96.24</v>
       </c>
       <c r="C772">
-        <v>97.56</v>
+        <v>97.65</v>
       </c>
       <c r="D772">
-        <v>97.83</v>
-[...2 lines deleted...]
-    <row r="773" spans="1:4">
+        <v>97.92</v>
+      </c>
+    </row>
+    <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>777</v>
       </c>
       <c r="B773">
-        <v>96.24</v>
+        <v>96.43</v>
       </c>
       <c r="C773">
-        <v>97.65</v>
+        <v>97.86</v>
       </c>
       <c r="D773">
-        <v>97.92</v>
-[...2 lines deleted...]
-    <row r="774" spans="1:4">
+        <v>98.14</v>
+      </c>
+    </row>
+    <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>778</v>
       </c>
       <c r="B774">
-        <v>96.43</v>
+        <v>96.44</v>
       </c>
       <c r="C774">
         <v>97.86</v>
       </c>
       <c r="D774">
-        <v>98.14</v>
-[...2 lines deleted...]
-    <row r="775" spans="1:4">
+        <v>98.13</v>
+      </c>
+    </row>
+    <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>779</v>
       </c>
       <c r="B775">
-        <v>96.44</v>
+        <v>96.39</v>
       </c>
       <c r="C775">
-        <v>97.86</v>
+        <v>97.81</v>
       </c>
       <c r="D775">
-        <v>98.13</v>
-[...2 lines deleted...]
-    <row r="776" spans="1:4">
+        <v>98.08</v>
+      </c>
+    </row>
+    <row r="776" spans="1:26">
       <c r="A776" t="s">
         <v>780</v>
       </c>
       <c r="B776">
-        <v>96.39</v>
+        <v>96.41</v>
       </c>
       <c r="C776">
-        <v>97.81</v>
+        <v>97.83</v>
       </c>
       <c r="D776">
-        <v>98.08</v>
-[...2 lines deleted...]
-    <row r="777" spans="1:4">
+        <v>98.11</v>
+      </c>
+    </row>
+    <row r="777" spans="1:26">
       <c r="A777" t="s">
         <v>781</v>
       </c>
       <c r="B777">
-        <v>96.41</v>
+        <v>96.47</v>
       </c>
       <c r="C777">
-        <v>97.83</v>
+        <v>97.84</v>
       </c>
       <c r="D777">
-        <v>98.11</v>
-[...2 lines deleted...]
-    <row r="778" spans="1:4">
+        <v>98.12</v>
+      </c>
+    </row>
+    <row r="778" spans="1:26">
       <c r="A778" t="s">
         <v>782</v>
       </c>
       <c r="B778">
-        <v>96.47</v>
+        <v>96.42</v>
       </c>
       <c r="C778">
-        <v>97.84</v>
+        <v>97.79</v>
       </c>
       <c r="D778">
-        <v>98.12</v>
-[...2 lines deleted...]
-    <row r="779" spans="1:4">
+        <v>98.07</v>
+      </c>
+    </row>
+    <row r="779" spans="1:26">
       <c r="A779" t="s">
         <v>783</v>
       </c>
       <c r="B779">
-        <v>96.42</v>
+        <v>96.41</v>
       </c>
       <c r="C779">
         <v>97.79</v>
       </c>
       <c r="D779">
-        <v>98.07</v>
-[...2 lines deleted...]
-    <row r="780" spans="1:4">
+        <v>98.06</v>
+      </c>
+    </row>
+    <row r="780" spans="1:26">
       <c r="A780" t="s">
         <v>784</v>
       </c>
       <c r="B780">
-        <v>96.41</v>
+        <v>96.44</v>
       </c>
       <c r="C780">
-        <v>97.79</v>
+        <v>97.82</v>
       </c>
       <c r="D780">
-        <v>98.06</v>
-[...2 lines deleted...]
-    <row r="781" spans="1:4">
+        <v>98.1</v>
+      </c>
+    </row>
+    <row r="781" spans="1:26">
       <c r="A781" t="s">
         <v>785</v>
       </c>
       <c r="B781">
         <v>96.44</v>
       </c>
       <c r="C781">
-        <v>97.82</v>
+        <v>97.83</v>
       </c>
       <c r="D781">
         <v>98.1</v>
       </c>
     </row>
-    <row r="782" spans="1:4">
+    <row r="782" spans="1:26">
       <c r="A782" t="s">
         <v>786</v>
       </c>
       <c r="B782">
-        <v>96.44</v>
+        <v>96.55</v>
       </c>
       <c r="C782">
-        <v>97.83</v>
+        <v>97.95</v>
       </c>
       <c r="D782">
-        <v>98.1</v>
-[...2 lines deleted...]
-    <row r="783" spans="1:4">
+        <v>98.23</v>
+      </c>
+    </row>
+    <row r="783" spans="1:26">
       <c r="A783" t="s">
         <v>787</v>
       </c>
       <c r="B783">
-        <v>96.55</v>
+        <v>96.68</v>
       </c>
       <c r="C783">
-        <v>97.95</v>
+        <v>98.11</v>
       </c>
       <c r="D783">
-        <v>98.23</v>
-[...2 lines deleted...]
-    <row r="784" spans="1:4">
+        <v>98.39</v>
+      </c>
+    </row>
+    <row r="784" spans="1:26">
       <c r="A784" t="s">
         <v>788</v>
       </c>
       <c r="B784">
-        <v>96.68</v>
+        <v>96.59</v>
       </c>
       <c r="C784">
-        <v>98.11</v>
+        <v>98.0</v>
       </c>
       <c r="D784">
-        <v>98.39</v>
-[...2 lines deleted...]
-    <row r="785" spans="1:4">
+        <v>98.27</v>
+      </c>
+    </row>
+    <row r="785" spans="1:26">
       <c r="A785" t="s">
         <v>789</v>
       </c>
       <c r="B785">
-        <v>96.59</v>
+        <v>96.58</v>
       </c>
       <c r="C785">
-        <v>98</v>
+        <v>98.01</v>
       </c>
       <c r="D785">
-        <v>98.27</v>
-[...2 lines deleted...]
-    <row r="786" spans="1:4">
+        <v>98.29</v>
+      </c>
+    </row>
+    <row r="786" spans="1:26">
       <c r="A786" t="s">
         <v>790</v>
       </c>
       <c r="B786">
-        <v>96.58</v>
+        <v>96.74</v>
       </c>
       <c r="C786">
-        <v>98.01</v>
+        <v>98.19</v>
       </c>
       <c r="D786">
-        <v>98.29</v>
-[...2 lines deleted...]
-    <row r="787" spans="1:4">
+        <v>98.47</v>
+      </c>
+    </row>
+    <row r="787" spans="1:26">
       <c r="A787" t="s">
         <v>791</v>
       </c>
       <c r="B787">
-        <v>96.74</v>
+        <v>96.78</v>
       </c>
       <c r="C787">
-        <v>98.19</v>
+        <v>98.24</v>
       </c>
       <c r="D787">
-        <v>98.47</v>
-[...2 lines deleted...]
-    <row r="788" spans="1:4">
+        <v>98.52</v>
+      </c>
+    </row>
+    <row r="788" spans="1:26">
       <c r="A788" t="s">
         <v>792</v>
       </c>
       <c r="B788">
-        <v>96.78</v>
+        <v>96.85</v>
       </c>
       <c r="C788">
-        <v>98.24</v>
+        <v>98.25</v>
       </c>
       <c r="D788">
-        <v>98.52</v>
-[...2 lines deleted...]
-    <row r="789" spans="1:4">
+        <v>98.53</v>
+      </c>
+    </row>
+    <row r="789" spans="1:26">
       <c r="A789" t="s">
         <v>793</v>
       </c>
       <c r="B789">
         <v>96.85</v>
       </c>
       <c r="C789">
-        <v>98.25</v>
+        <v>98.26</v>
       </c>
       <c r="D789">
-        <v>98.53</v>
-[...2 lines deleted...]
-    <row r="790" spans="1:4">
+        <v>98.54</v>
+      </c>
+    </row>
+    <row r="790" spans="1:26">
       <c r="A790" t="s">
         <v>794</v>
       </c>
       <c r="B790">
-        <v>96.85</v>
+        <v>96.89</v>
       </c>
       <c r="C790">
-        <v>98.26</v>
+        <v>98.35</v>
       </c>
       <c r="D790">
-        <v>98.54</v>
-[...2 lines deleted...]
-    <row r="791" spans="1:4">
+        <v>98.63</v>
+      </c>
+    </row>
+    <row r="791" spans="1:26">
       <c r="A791" t="s">
         <v>795</v>
       </c>
       <c r="B791">
-        <v>96.89</v>
+        <v>96.94</v>
       </c>
       <c r="C791">
-        <v>98.35</v>
+        <v>98.36</v>
       </c>
       <c r="D791">
-        <v>98.63</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:4">
+        <v>98.64</v>
+      </c>
+    </row>
+    <row r="792" spans="1:26">
       <c r="A792" t="s">
         <v>796</v>
       </c>
       <c r="B792">
-        <v>96.94</v>
+        <v>96.84</v>
       </c>
       <c r="C792">
-        <v>98.36</v>
+        <v>98.26</v>
       </c>
       <c r="D792">
-        <v>98.64</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:4">
+        <v>98.54</v>
+      </c>
+    </row>
+    <row r="793" spans="1:26">
       <c r="A793" t="s">
         <v>797</v>
       </c>
       <c r="B793">
-        <v>96.84</v>
+        <v>96.95</v>
       </c>
       <c r="C793">
-        <v>98.26</v>
+        <v>98.4</v>
       </c>
       <c r="D793">
-        <v>98.54</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:4">
+        <v>98.68</v>
+      </c>
+    </row>
+    <row r="794" spans="1:26">
       <c r="A794" t="s">
         <v>798</v>
       </c>
       <c r="B794">
-        <v>96.95</v>
+        <v>96.81</v>
       </c>
       <c r="C794">
-        <v>98.4</v>
+        <v>98.23</v>
       </c>
       <c r="D794">
-        <v>98.68</v>
-[...2 lines deleted...]
-    <row r="795" spans="1:4">
+        <v>98.52</v>
+      </c>
+    </row>
+    <row r="795" spans="1:26">
       <c r="A795" t="s">
         <v>799</v>
       </c>
       <c r="B795">
         <v>96.81</v>
       </c>
       <c r="C795">
-        <v>98.23</v>
+        <v>98.22</v>
       </c>
       <c r="D795">
-        <v>98.52</v>
-[...2 lines deleted...]
-    <row r="796" spans="1:4">
+        <v>98.5</v>
+      </c>
+    </row>
+    <row r="796" spans="1:26">
       <c r="A796" t="s">
         <v>800</v>
       </c>
       <c r="B796">
-        <v>96.81</v>
+        <v>96.98</v>
       </c>
       <c r="C796">
-        <v>98.22</v>
+        <v>98.42</v>
       </c>
       <c r="D796">
-        <v>98.5</v>
-[...2 lines deleted...]
-    <row r="797" spans="1:4">
+        <v>98.71</v>
+      </c>
+    </row>
+    <row r="797" spans="1:26">
       <c r="A797" t="s">
         <v>801</v>
       </c>
       <c r="B797">
-        <v>96.98</v>
+        <v>96.77</v>
       </c>
       <c r="C797">
-        <v>98.42</v>
+        <v>98.19</v>
       </c>
       <c r="D797">
-        <v>98.71</v>
-[...2 lines deleted...]
-    <row r="798" spans="1:4">
+        <v>98.47</v>
+      </c>
+    </row>
+    <row r="798" spans="1:26">
       <c r="A798" t="s">
         <v>802</v>
       </c>
       <c r="B798">
-        <v>96.77</v>
+        <v>96.55</v>
       </c>
       <c r="C798">
-        <v>98.19</v>
+        <v>97.96</v>
       </c>
       <c r="D798">
-        <v>98.47</v>
-[...2 lines deleted...]
-    <row r="799" spans="1:4">
+        <v>98.25</v>
+      </c>
+    </row>
+    <row r="799" spans="1:26">
       <c r="A799" t="s">
         <v>803</v>
       </c>
       <c r="B799">
-        <v>96.55</v>
+        <v>96.61</v>
       </c>
       <c r="C799">
-        <v>97.96</v>
+        <v>98.03</v>
       </c>
       <c r="D799">
-        <v>98.25</v>
-[...2 lines deleted...]
-    <row r="800" spans="1:4">
+        <v>98.31</v>
+      </c>
+    </row>
+    <row r="800" spans="1:26">
       <c r="A800" t="s">
         <v>804</v>
       </c>
       <c r="B800">
-        <v>96.61</v>
+        <v>96.56</v>
       </c>
       <c r="C800">
-        <v>98.03</v>
+        <v>97.98</v>
       </c>
       <c r="D800">
-        <v>98.31</v>
-[...2 lines deleted...]
-    <row r="801" spans="1:4">
+        <v>98.26</v>
+      </c>
+    </row>
+    <row r="801" spans="1:26">
       <c r="A801" t="s">
         <v>805</v>
       </c>
       <c r="B801">
-        <v>96.56</v>
+        <v>96.52</v>
       </c>
       <c r="C801">
-        <v>97.98</v>
+        <v>97.94</v>
       </c>
       <c r="D801">
-        <v>98.26</v>
-[...2 lines deleted...]
-    <row r="802" spans="1:4">
+        <v>98.22</v>
+      </c>
+    </row>
+    <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>806</v>
       </c>
       <c r="B802">
-        <v>96.52</v>
+        <v>96.61</v>
       </c>
       <c r="C802">
-        <v>97.94</v>
+        <v>98.03</v>
       </c>
       <c r="D802">
-        <v>98.22</v>
-[...2 lines deleted...]
-    <row r="803" spans="1:4">
+        <v>98.32</v>
+      </c>
+    </row>
+    <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>807</v>
       </c>
       <c r="B803">
-        <v>96.61</v>
+        <v>96.59</v>
       </c>
       <c r="C803">
-        <v>98.03</v>
+        <v>98.01</v>
       </c>
       <c r="D803">
-        <v>98.32</v>
-[...2 lines deleted...]
-    <row r="804" spans="1:4">
+        <v>98.3</v>
+      </c>
+    </row>
+    <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>808</v>
       </c>
       <c r="B804">
-        <v>96.59</v>
+        <v>96.48</v>
       </c>
       <c r="C804">
-        <v>98.01</v>
+        <v>97.9</v>
       </c>
       <c r="D804">
-        <v>98.3</v>
-[...2 lines deleted...]
-    <row r="805" spans="1:4">
+        <v>98.19</v>
+      </c>
+    </row>
+    <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>809</v>
       </c>
       <c r="B805">
-        <v>96.48</v>
+        <v>96.39</v>
       </c>
       <c r="C805">
-        <v>97.9</v>
+        <v>97.81</v>
       </c>
       <c r="D805">
-        <v>98.19</v>
-[...2 lines deleted...]
-    <row r="806" spans="1:4">
+        <v>98.1</v>
+      </c>
+    </row>
+    <row r="806" spans="1:26">
       <c r="A806" t="s">
         <v>810</v>
       </c>
       <c r="B806">
-        <v>96.39</v>
+        <v>96.41</v>
       </c>
       <c r="C806">
-        <v>97.81</v>
+        <v>97.83</v>
       </c>
       <c r="D806">
-        <v>98.1</v>
-[...2 lines deleted...]
-    <row r="807" spans="1:4">
+        <v>98.12</v>
+      </c>
+    </row>
+    <row r="807" spans="1:26">
       <c r="A807" t="s">
         <v>811</v>
       </c>
       <c r="B807">
-        <v>96.41</v>
+        <v>96.47</v>
       </c>
       <c r="C807">
-        <v>97.83</v>
+        <v>97.92</v>
       </c>
       <c r="D807">
-        <v>98.12</v>
-[...2 lines deleted...]
-    <row r="808" spans="1:4">
+        <v>98.21</v>
+      </c>
+    </row>
+    <row r="808" spans="1:26">
       <c r="A808" t="s">
         <v>812</v>
       </c>
       <c r="B808">
-        <v>96.47</v>
+        <v>96.41</v>
       </c>
       <c r="C808">
-        <v>97.92</v>
+        <v>97.84</v>
       </c>
       <c r="D808">
-        <v>98.21</v>
-[...2 lines deleted...]
-    <row r="809" spans="1:4">
+        <v>98.13</v>
+      </c>
+    </row>
+    <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>813</v>
       </c>
       <c r="B809">
-        <v>96.41</v>
+        <v>96.52</v>
       </c>
       <c r="C809">
-        <v>97.84</v>
+        <v>97.95</v>
       </c>
       <c r="D809">
-        <v>98.13</v>
-[...2 lines deleted...]
-    <row r="810" spans="1:4">
+        <v>98.24</v>
+      </c>
+    </row>
+    <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>814</v>
       </c>
       <c r="B810">
-        <v>96.52</v>
+        <v>96.65</v>
       </c>
       <c r="C810">
-        <v>97.95</v>
+        <v>98.09</v>
       </c>
       <c r="D810">
-        <v>98.24</v>
-[...2 lines deleted...]
-    <row r="811" spans="1:4">
+        <v>98.38</v>
+      </c>
+    </row>
+    <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>815</v>
       </c>
       <c r="B811">
-        <v>96.65</v>
+        <v>96.62</v>
       </c>
       <c r="C811">
-        <v>98.09</v>
+        <v>98.1</v>
       </c>
       <c r="D811">
-        <v>98.38</v>
-[...2 lines deleted...]
-    <row r="812" spans="1:4">
+        <v>98.39</v>
+      </c>
+    </row>
+    <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>816</v>
       </c>
       <c r="B812">
-        <v>96.62</v>
+        <v>96.68</v>
       </c>
       <c r="C812">
-        <v>98.1</v>
+        <v>98.19</v>
       </c>
       <c r="D812">
-        <v>98.39</v>
-[...2 lines deleted...]
-    <row r="813" spans="1:4">
+        <v>98.49</v>
+      </c>
+    </row>
+    <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>817</v>
       </c>
       <c r="B813">
-        <v>96.68</v>
+        <v>96.63</v>
       </c>
       <c r="C813">
-        <v>98.19</v>
+        <v>98.09</v>
       </c>
       <c r="D813">
-        <v>98.49</v>
-[...2 lines deleted...]
-    <row r="814" spans="1:4">
+        <v>98.39</v>
+      </c>
+    </row>
+    <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>818</v>
       </c>
       <c r="B814">
-        <v>96.63</v>
+        <v>96.65</v>
       </c>
       <c r="C814">
-        <v>98.09</v>
+        <v>98.13</v>
       </c>
       <c r="D814">
-        <v>98.39</v>
-[...2 lines deleted...]
-    <row r="815" spans="1:4">
+        <v>98.43</v>
+      </c>
+    </row>
+    <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>819</v>
       </c>
       <c r="B815">
-        <v>96.65</v>
+        <v>96.57</v>
       </c>
       <c r="C815">
-        <v>98.13</v>
+        <v>98.04</v>
       </c>
       <c r="D815">
-        <v>98.43</v>
-[...2 lines deleted...]
-    <row r="816" spans="1:4">
+        <v>98.33</v>
+      </c>
+    </row>
+    <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>820</v>
       </c>
       <c r="B816">
-        <v>96.57</v>
+        <v>96.72</v>
       </c>
       <c r="C816">
-        <v>98.04</v>
+        <v>98.24</v>
       </c>
       <c r="D816">
-        <v>98.33</v>
-[...2 lines deleted...]
-    <row r="817" spans="1:4">
+        <v>98.54</v>
+      </c>
+    </row>
+    <row r="817" spans="1:26">
       <c r="A817" t="s">
         <v>821</v>
       </c>
       <c r="B817">
-        <v>96.72</v>
+        <v>96.67</v>
       </c>
       <c r="C817">
-        <v>98.24</v>
+        <v>98.19</v>
       </c>
       <c r="D817">
-        <v>98.54</v>
-[...2 lines deleted...]
-    <row r="818" spans="1:4">
+        <v>98.5</v>
+      </c>
+    </row>
+    <row r="818" spans="1:26">
       <c r="A818" t="s">
         <v>822</v>
       </c>
       <c r="B818">
-        <v>96.67</v>
+        <v>96.6</v>
       </c>
       <c r="C818">
-        <v>98.19</v>
+        <v>98.1</v>
       </c>
       <c r="D818">
-        <v>98.5</v>
-[...2 lines deleted...]
-    <row r="819" spans="1:4">
+        <v>98.39</v>
+      </c>
+    </row>
+    <row r="819" spans="1:26">
       <c r="A819" t="s">
         <v>823</v>
       </c>
       <c r="B819">
-        <v>96.6</v>
+        <v>96.65</v>
       </c>
       <c r="C819">
-        <v>98.1</v>
+        <v>98.16</v>
       </c>
       <c r="D819">
-        <v>98.39</v>
-[...2 lines deleted...]
-    <row r="820" spans="1:4">
+        <v>98.45</v>
+      </c>
+    </row>
+    <row r="820" spans="1:26">
       <c r="A820" t="s">
         <v>824</v>
       </c>
       <c r="B820">
-        <v>96.65</v>
+        <v>96.6</v>
       </c>
       <c r="C820">
-        <v>98.16</v>
+        <v>98.1</v>
       </c>
       <c r="D820">
-        <v>98.45</v>
-[...2 lines deleted...]
-    <row r="821" spans="1:4">
+        <v>98.4</v>
+      </c>
+    </row>
+    <row r="821" spans="1:26">
       <c r="A821" t="s">
         <v>825</v>
       </c>
       <c r="B821">
-        <v>96.6</v>
+        <v>96.54</v>
       </c>
       <c r="C821">
-        <v>98.1</v>
+        <v>98.0</v>
       </c>
       <c r="D821">
-        <v>98.4</v>
-[...2 lines deleted...]
-    <row r="822" spans="1:4">
+        <v>98.29</v>
+      </c>
+    </row>
+    <row r="822" spans="1:26">
       <c r="A822" t="s">
         <v>826</v>
       </c>
       <c r="B822">
-        <v>96.54</v>
+        <v>96.56</v>
       </c>
       <c r="C822">
-        <v>98</v>
+        <v>98.02</v>
       </c>
       <c r="D822">
-        <v>98.29</v>
-[...2 lines deleted...]
-    <row r="823" spans="1:4">
+        <v>98.32</v>
+      </c>
+    </row>
+    <row r="823" spans="1:26">
       <c r="A823" t="s">
         <v>827</v>
       </c>
       <c r="B823">
-        <v>96.56</v>
+        <v>96.62</v>
       </c>
       <c r="C823">
-        <v>98.02</v>
+        <v>98.11</v>
       </c>
       <c r="D823">
-        <v>98.32</v>
-[...2 lines deleted...]
-    <row r="824" spans="1:4">
+        <v>98.41</v>
+      </c>
+    </row>
+    <row r="824" spans="1:26">
       <c r="A824" t="s">
         <v>828</v>
       </c>
       <c r="B824">
-        <v>96.62</v>
+        <v>96.64</v>
       </c>
       <c r="C824">
         <v>98.11</v>
       </c>
       <c r="D824">
         <v>98.41</v>
       </c>
     </row>
-    <row r="825" spans="1:4">
+    <row r="825" spans="1:26">
       <c r="A825" t="s">
         <v>829</v>
       </c>
       <c r="B825">
-        <v>96.64</v>
+        <v>96.57</v>
       </c>
       <c r="C825">
-        <v>98.11</v>
+        <v>98.02</v>
       </c>
       <c r="D825">
-        <v>98.41</v>
-[...2 lines deleted...]
-    <row r="826" spans="1:4">
+        <v>98.33</v>
+      </c>
+    </row>
+    <row r="826" spans="1:26">
       <c r="A826" t="s">
         <v>830</v>
       </c>
       <c r="B826">
-        <v>96.57</v>
+        <v>96.63</v>
       </c>
       <c r="C826">
-        <v>98.02</v>
+        <v>98.08</v>
       </c>
       <c r="D826">
-        <v>98.33</v>
-[...2 lines deleted...]
-    <row r="827" spans="1:4">
+        <v>98.39</v>
+      </c>
+    </row>
+    <row r="827" spans="1:26">
       <c r="A827" t="s">
         <v>831</v>
       </c>
       <c r="B827">
-        <v>96.63</v>
+        <v>96.61</v>
       </c>
       <c r="C827">
-        <v>98.08</v>
+        <v>98.07</v>
       </c>
       <c r="D827">
-        <v>98.39</v>
-[...2 lines deleted...]
-    <row r="828" spans="1:4">
+        <v>98.38</v>
+      </c>
+    </row>
+    <row r="828" spans="1:26">
       <c r="A828" t="s">
         <v>832</v>
       </c>
       <c r="B828">
-        <v>96.61</v>
+        <v>96.78</v>
       </c>
       <c r="C828">
-        <v>98.07</v>
+        <v>98.25</v>
       </c>
       <c r="D828">
-        <v>98.38</v>
-[...2 lines deleted...]
-    <row r="829" spans="1:4">
+        <v>98.56</v>
+      </c>
+    </row>
+    <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>833</v>
       </c>
       <c r="B829">
-        <v>96.78</v>
+        <v>96.86</v>
       </c>
       <c r="C829">
-        <v>98.25</v>
+        <v>98.35</v>
       </c>
       <c r="D829">
-        <v>98.56</v>
-[...2 lines deleted...]
-    <row r="830" spans="1:4">
+        <v>98.66</v>
+      </c>
+    </row>
+    <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>834</v>
       </c>
       <c r="B830">
-        <v>96.86</v>
+        <v>96.87</v>
       </c>
       <c r="C830">
-        <v>98.35</v>
+        <v>98.38</v>
       </c>
       <c r="D830">
-        <v>98.66</v>
-[...2 lines deleted...]
-    <row r="831" spans="1:4">
+        <v>98.69</v>
+      </c>
+    </row>
+    <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>835</v>
       </c>
       <c r="B831">
-        <v>96.87</v>
+        <v>96.78</v>
       </c>
       <c r="C831">
-        <v>98.38</v>
+        <v>98.27</v>
       </c>
       <c r="D831">
-        <v>98.69</v>
-[...2 lines deleted...]
-    <row r="832" spans="1:4">
+        <v>98.57</v>
+      </c>
+    </row>
+    <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>836</v>
       </c>
       <c r="B832">
-        <v>96.78</v>
+        <v>96.66</v>
       </c>
       <c r="C832">
-        <v>98.27</v>
+        <v>98.13</v>
       </c>
       <c r="D832">
-        <v>98.57</v>
-[...2 lines deleted...]
-    <row r="833" spans="1:4">
+        <v>98.43</v>
+      </c>
+    </row>
+    <row r="833" spans="1:26">
       <c r="A833" t="s">
         <v>837</v>
       </c>
       <c r="B833">
-        <v>96.66</v>
+        <v>96.65</v>
       </c>
       <c r="C833">
-        <v>98.13</v>
+        <v>98.12</v>
       </c>
       <c r="D833">
-        <v>98.43</v>
-[...2 lines deleted...]
-    <row r="834" spans="1:4">
+        <v>98.42</v>
+      </c>
+    </row>
+    <row r="834" spans="1:26">
       <c r="A834" t="s">
         <v>838</v>
       </c>
       <c r="B834">
-        <v>96.65</v>
+        <v>96.76</v>
       </c>
       <c r="C834">
-        <v>98.12</v>
+        <v>98.23</v>
       </c>
       <c r="D834">
-        <v>98.42</v>
-[...2 lines deleted...]
-    <row r="835" spans="1:4">
+        <v>98.54</v>
+      </c>
+    </row>
+    <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>839</v>
       </c>
       <c r="B835">
-        <v>96.76</v>
+        <v>96.84</v>
       </c>
       <c r="C835">
-        <v>98.23</v>
+        <v>98.35</v>
       </c>
       <c r="D835">
-        <v>98.54</v>
-[...2 lines deleted...]
-    <row r="836" spans="1:4">
+        <v>98.65</v>
+      </c>
+    </row>
+    <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>840</v>
       </c>
       <c r="B836">
-        <v>96.84</v>
+        <v>97.08</v>
       </c>
       <c r="C836">
-        <v>98.35</v>
+        <v>98.56</v>
       </c>
       <c r="D836">
-        <v>98.65</v>
-[...2 lines deleted...]
-    <row r="837" spans="1:4">
+        <v>98.87</v>
+      </c>
+    </row>
+    <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>841</v>
       </c>
       <c r="B837">
-        <v>97.08</v>
+        <v>97.06</v>
       </c>
       <c r="C837">
-        <v>98.56</v>
+        <v>98.6</v>
       </c>
       <c r="D837">
-        <v>98.87</v>
-[...2 lines deleted...]
-    <row r="838" spans="1:4">
+        <v>98.91</v>
+      </c>
+    </row>
+    <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>842</v>
       </c>
       <c r="B838">
-        <v>97.06</v>
+        <v>96.92</v>
       </c>
       <c r="C838">
-        <v>98.6</v>
+        <v>98.44</v>
       </c>
       <c r="D838">
-        <v>98.91</v>
-[...2 lines deleted...]
-    <row r="839" spans="1:4">
+        <v>98.75</v>
+      </c>
+    </row>
+    <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>843</v>
       </c>
       <c r="B839">
-        <v>96.92</v>
+        <v>96.98</v>
       </c>
       <c r="C839">
-        <v>98.44</v>
+        <v>98.51</v>
       </c>
       <c r="D839">
-        <v>98.75</v>
-[...2 lines deleted...]
-    <row r="840" spans="1:4">
+        <v>98.82</v>
+      </c>
+    </row>
+    <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>844</v>
       </c>
       <c r="B840">
-        <v>96.98</v>
+        <v>97.04</v>
       </c>
       <c r="C840">
-        <v>98.51</v>
+        <v>98.56</v>
       </c>
       <c r="D840">
-        <v>98.82</v>
-[...2 lines deleted...]
-    <row r="841" spans="1:4">
+        <v>98.87</v>
+      </c>
+    </row>
+    <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>845</v>
       </c>
       <c r="B841">
-        <v>97.04</v>
+        <v>97.03</v>
       </c>
       <c r="C841">
-        <v>98.56</v>
+        <v>98.53</v>
       </c>
       <c r="D841">
-        <v>98.87</v>
-[...2 lines deleted...]
-    <row r="842" spans="1:4">
+        <v>98.85</v>
+      </c>
+    </row>
+    <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>846</v>
       </c>
       <c r="B842">
-        <v>97.03</v>
+        <v>97.12</v>
       </c>
       <c r="C842">
-        <v>98.53</v>
+        <v>98.64</v>
       </c>
       <c r="D842">
-        <v>98.85</v>
-[...2 lines deleted...]
-    <row r="843" spans="1:4">
+        <v>98.95</v>
+      </c>
+    </row>
+    <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>847</v>
       </c>
       <c r="B843">
-        <v>97.12</v>
+        <v>97.06</v>
       </c>
       <c r="C843">
-        <v>98.64</v>
+        <v>98.59</v>
       </c>
       <c r="D843">
-        <v>98.95</v>
-[...2 lines deleted...]
-    <row r="844" spans="1:4">
+        <v>98.9</v>
+      </c>
+    </row>
+    <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>848</v>
       </c>
       <c r="B844">
-        <v>97.06</v>
+        <v>97.07</v>
       </c>
       <c r="C844">
-        <v>98.59</v>
+        <v>98.61</v>
       </c>
       <c r="D844">
-        <v>98.9</v>
-[...2 lines deleted...]
-    <row r="845" spans="1:4">
+        <v>98.92</v>
+      </c>
+    </row>
+    <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>849</v>
       </c>
       <c r="B845">
-        <v>97.07</v>
+        <v>97.11</v>
       </c>
       <c r="C845">
-        <v>98.61</v>
+        <v>98.62</v>
       </c>
       <c r="D845">
-        <v>98.92</v>
-[...2 lines deleted...]
-    <row r="846" spans="1:4">
+        <v>98.93</v>
+      </c>
+    </row>
+    <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>850</v>
       </c>
       <c r="B846">
-        <v>97.11</v>
+        <v>97.2</v>
       </c>
       <c r="C846">
-        <v>98.62</v>
+        <v>98.71</v>
       </c>
       <c r="D846">
-        <v>98.93</v>
-[...2 lines deleted...]
-    <row r="847" spans="1:4">
+        <v>99.02</v>
+      </c>
+    </row>
+    <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>851</v>
       </c>
       <c r="B847">
-        <v>97.2</v>
+        <v>97.18</v>
       </c>
       <c r="C847">
-        <v>98.71</v>
+        <v>98.67</v>
       </c>
       <c r="D847">
-        <v>99.02</v>
-[...2 lines deleted...]
-    <row r="848" spans="1:4">
+        <v>98.99</v>
+      </c>
+    </row>
+    <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>852</v>
       </c>
       <c r="B848">
-        <v>97.18</v>
+        <v>97.13</v>
       </c>
       <c r="C848">
-        <v>98.67</v>
+        <v>98.63</v>
       </c>
       <c r="D848">
-        <v>98.99</v>
-[...2 lines deleted...]
-    <row r="849" spans="1:4">
+        <v>98.94</v>
+      </c>
+    </row>
+    <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>853</v>
       </c>
       <c r="B849">
-        <v>97.13</v>
+        <v>97.16</v>
       </c>
       <c r="C849">
-        <v>98.63</v>
+        <v>98.66</v>
       </c>
       <c r="D849">
-        <v>98.94</v>
-[...2 lines deleted...]
-    <row r="850" spans="1:4">
+        <v>98.97</v>
+      </c>
+    </row>
+    <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>854</v>
       </c>
       <c r="B850">
-        <v>97.16</v>
+        <v>97.23</v>
       </c>
       <c r="C850">
-        <v>98.66</v>
+        <v>98.76</v>
       </c>
       <c r="D850">
-        <v>98.97</v>
-[...2 lines deleted...]
-    <row r="851" spans="1:4">
+        <v>99.07</v>
+      </c>
+    </row>
+    <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>855</v>
       </c>
       <c r="B851">
-        <v>97.23</v>
+        <v>97.27</v>
       </c>
       <c r="C851">
-        <v>98.76</v>
+        <v>98.78</v>
       </c>
       <c r="D851">
-        <v>99.07</v>
-[...2 lines deleted...]
-    <row r="852" spans="1:4">
+        <v>99.09</v>
+      </c>
+    </row>
+    <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>856</v>
       </c>
       <c r="B852">
-        <v>97.27</v>
+        <v>97.35</v>
       </c>
       <c r="C852">
-        <v>98.78</v>
+        <v>98.89</v>
       </c>
       <c r="D852">
-        <v>99.09</v>
-[...2 lines deleted...]
-    <row r="853" spans="1:4">
+        <v>99.21</v>
+      </c>
+    </row>
+    <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>857</v>
       </c>
       <c r="B853">
-        <v>97.35</v>
+        <v>97.37</v>
       </c>
       <c r="C853">
-        <v>98.89</v>
+        <v>98.94</v>
       </c>
       <c r="D853">
-        <v>99.21</v>
-[...2 lines deleted...]
-    <row r="854" spans="1:4">
+        <v>99.26</v>
+      </c>
+    </row>
+    <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>858</v>
       </c>
       <c r="B854">
-        <v>97.37</v>
+        <v>97.4</v>
       </c>
       <c r="C854">
-        <v>98.94</v>
+        <v>98.93</v>
       </c>
       <c r="D854">
-        <v>99.26</v>
-[...2 lines deleted...]
-    <row r="855" spans="1:4">
+        <v>99.25</v>
+      </c>
+    </row>
+    <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>859</v>
       </c>
       <c r="B855">
-        <v>97.4</v>
+        <v>97.37</v>
       </c>
       <c r="C855">
-        <v>98.93</v>
+        <v>98.94</v>
       </c>
       <c r="D855">
-        <v>99.25</v>
-[...2 lines deleted...]
-    <row r="856" spans="1:4">
+        <v>99.26</v>
+      </c>
+    </row>
+    <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>860</v>
       </c>
       <c r="B856">
-        <v>97.37</v>
+        <v>97.48</v>
       </c>
       <c r="C856">
-        <v>98.94</v>
+        <v>99.08</v>
       </c>
       <c r="D856">
-        <v>99.26</v>
-[...2 lines deleted...]
-    <row r="857" spans="1:4">
+        <v>99.41</v>
+      </c>
+    </row>
+    <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>861</v>
       </c>
       <c r="B857">
-        <v>97.48</v>
+        <v>97.43</v>
       </c>
       <c r="C857">
-        <v>99.08</v>
+        <v>99.03</v>
       </c>
       <c r="D857">
-        <v>99.41</v>
-[...2 lines deleted...]
-    <row r="858" spans="1:4">
+        <v>99.35</v>
+      </c>
+    </row>
+    <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>862</v>
       </c>
       <c r="B858">
-        <v>97.43</v>
+        <v>97.47</v>
       </c>
       <c r="C858">
-        <v>99.03</v>
+        <v>99.08</v>
       </c>
       <c r="D858">
-        <v>99.35</v>
-[...2 lines deleted...]
-    <row r="859" spans="1:4">
+        <v>99.41</v>
+      </c>
+    </row>
+    <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>863</v>
       </c>
       <c r="B859">
-        <v>97.47</v>
+        <v>97.51</v>
       </c>
       <c r="C859">
-        <v>99.08</v>
+        <v>99.12</v>
       </c>
       <c r="D859">
-        <v>99.41</v>
-[...2 lines deleted...]
-    <row r="860" spans="1:4">
+        <v>99.46</v>
+      </c>
+    </row>
+    <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>864</v>
       </c>
       <c r="B860">
         <v>97.51</v>
       </c>
       <c r="C860">
         <v>99.12</v>
       </c>
       <c r="D860">
         <v>99.46</v>
       </c>
     </row>
-    <row r="861" spans="1:4">
+    <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>865</v>
       </c>
       <c r="B861">
-        <v>97.51</v>
+        <v>97.54</v>
       </c>
       <c r="C861">
-        <v>99.12</v>
+        <v>99.16</v>
       </c>
       <c r="D861">
-        <v>99.46</v>
-[...2 lines deleted...]
-    <row r="862" spans="1:4">
+        <v>99.51</v>
+      </c>
+    </row>
+    <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>866</v>
       </c>
       <c r="B862">
-        <v>97.54</v>
+        <v>97.56</v>
       </c>
       <c r="C862">
-        <v>99.16</v>
+        <v>99.18</v>
       </c>
       <c r="D862">
-        <v>99.51</v>
-[...2 lines deleted...]
-    <row r="863" spans="1:4">
+        <v>99.5</v>
+      </c>
+    </row>
+    <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>867</v>
       </c>
       <c r="B863">
-        <v>97.56</v>
+        <v>97.49</v>
       </c>
       <c r="C863">
-        <v>99.18</v>
+        <v>99.11</v>
       </c>
       <c r="D863">
-        <v>99.5</v>
-[...2 lines deleted...]
-    <row r="864" spans="1:4">
+        <v>99.43</v>
+      </c>
+    </row>
+    <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>868</v>
       </c>
       <c r="B864">
-        <v>97.49</v>
+        <v>97.65</v>
       </c>
       <c r="C864">
-        <v>99.11</v>
+        <v>99.27</v>
       </c>
       <c r="D864">
-        <v>99.43</v>
-[...2 lines deleted...]
-    <row r="865" spans="1:4">
+        <v>99.61</v>
+      </c>
+    </row>
+    <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>869</v>
       </c>
       <c r="B865">
-        <v>97.65</v>
+        <v>97.75</v>
       </c>
       <c r="C865">
-        <v>99.27</v>
+        <v>99.37</v>
       </c>
       <c r="D865">
-        <v>99.61</v>
-[...2 lines deleted...]
-    <row r="866" spans="1:4">
+        <v>99.71</v>
+      </c>
+    </row>
+    <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>870</v>
       </c>
       <c r="B866">
-        <v>97.75</v>
+        <v>97.79</v>
       </c>
       <c r="C866">
-        <v>99.37</v>
+        <v>99.42</v>
       </c>
       <c r="D866">
-        <v>99.71</v>
-[...2 lines deleted...]
-    <row r="867" spans="1:4">
+        <v>99.76</v>
+      </c>
+    </row>
+    <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>871</v>
       </c>
       <c r="B867">
-        <v>97.79</v>
+        <v>97.8</v>
       </c>
       <c r="C867">
-        <v>99.42</v>
+        <v>99.43</v>
       </c>
       <c r="D867">
-        <v>99.76</v>
-[...2 lines deleted...]
-    <row r="868" spans="1:4">
+        <v>99.78</v>
+      </c>
+    </row>
+    <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>872</v>
       </c>
       <c r="B868">
-        <v>97.8</v>
+        <v>97.86</v>
       </c>
       <c r="C868">
-        <v>99.43</v>
+        <v>99.49</v>
       </c>
       <c r="D868">
-        <v>99.78</v>
-[...2 lines deleted...]
-    <row r="869" spans="1:4">
+        <v>99.86</v>
+      </c>
+    </row>
+    <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>873</v>
       </c>
       <c r="B869">
-        <v>97.86</v>
+        <v>97.91</v>
       </c>
       <c r="C869">
-        <v>99.49</v>
+        <v>99.55</v>
       </c>
       <c r="D869">
-        <v>99.86</v>
-[...2 lines deleted...]
-    <row r="870" spans="1:4">
+        <v>99.91</v>
+      </c>
+    </row>
+    <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>874</v>
       </c>
       <c r="B870">
-        <v>97.91</v>
+        <v>97.96</v>
       </c>
       <c r="C870">
-        <v>99.55</v>
+        <v>99.6</v>
       </c>
       <c r="D870">
-        <v>99.91</v>
-[...2 lines deleted...]
-    <row r="871" spans="1:4">
+        <v>99.96</v>
+      </c>
+    </row>
+    <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>875</v>
       </c>
       <c r="B871">
-        <v>97.96</v>
+        <v>98.11</v>
       </c>
       <c r="C871">
-        <v>99.6</v>
+        <v>99.76</v>
       </c>
       <c r="D871">
-        <v>99.96</v>
-[...2 lines deleted...]
-    <row r="872" spans="1:4">
+        <v>100.12</v>
+      </c>
+    </row>
+    <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>876</v>
       </c>
       <c r="B872">
-        <v>98.11</v>
+        <v>98.12</v>
       </c>
       <c r="C872">
         <v>99.76</v>
       </c>
       <c r="D872">
         <v>100.12</v>
       </c>
     </row>
-    <row r="873" spans="1:4">
+    <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>877</v>
       </c>
       <c r="B873">
-        <v>98.12</v>
+        <v>97.79</v>
       </c>
       <c r="C873">
-        <v>99.76</v>
+        <v>99.43</v>
       </c>
       <c r="D873">
-        <v>100.12</v>
-[...2 lines deleted...]
-    <row r="874" spans="1:4">
+        <v>99.8</v>
+      </c>
+    </row>
+    <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>878</v>
       </c>
       <c r="B874">
-        <v>97.79</v>
+        <v>97.88</v>
       </c>
       <c r="C874">
-        <v>99.43</v>
+        <v>99.52</v>
       </c>
       <c r="D874">
-        <v>99.8</v>
-[...2 lines deleted...]
-    <row r="875" spans="1:4">
+        <v>99.89</v>
+      </c>
+    </row>
+    <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>879</v>
       </c>
       <c r="B875">
-        <v>97.88</v>
+        <v>97.98</v>
       </c>
       <c r="C875">
-        <v>99.52</v>
+        <v>99.63</v>
       </c>
       <c r="D875">
-        <v>99.89</v>
-[...2 lines deleted...]
-    <row r="876" spans="1:4">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>880</v>
       </c>
       <c r="B876">
-        <v>97.98</v>
+        <v>98.02</v>
       </c>
       <c r="C876">
-        <v>99.63</v>
+        <v>99.67</v>
       </c>
       <c r="D876">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="877" spans="1:4">
+        <v>100.04</v>
+      </c>
+    </row>
+    <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>881</v>
       </c>
       <c r="B877">
-        <v>98.02</v>
+        <v>98.05</v>
       </c>
       <c r="C877">
-        <v>99.67</v>
+        <v>99.7</v>
       </c>
       <c r="D877">
-        <v>100.04</v>
-[...2 lines deleted...]
-    <row r="878" spans="1:4">
+        <v>100.07</v>
+      </c>
+    </row>
+    <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>882</v>
       </c>
       <c r="B878">
-        <v>98.05</v>
+        <v>98.07</v>
       </c>
       <c r="C878">
-        <v>99.7</v>
+        <v>99.73</v>
       </c>
       <c r="D878">
-        <v>100.07</v>
-[...2 lines deleted...]
-    <row r="879" spans="1:4">
+        <v>100.09</v>
+      </c>
+    </row>
+    <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>883</v>
       </c>
       <c r="B879">
-        <v>98.07</v>
+        <v>98.1</v>
       </c>
       <c r="C879">
-        <v>99.73</v>
+        <v>99.76</v>
       </c>
       <c r="D879">
-        <v>100.09</v>
-[...2 lines deleted...]
-    <row r="880" spans="1:4">
+        <v>100.13</v>
+      </c>
+    </row>
+    <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>884</v>
       </c>
       <c r="B880">
-        <v>98.1</v>
+        <v>98.12</v>
       </c>
       <c r="C880">
-        <v>99.76</v>
+        <v>99.79</v>
       </c>
       <c r="D880">
-        <v>100.13</v>
-[...2 lines deleted...]
-    <row r="881" spans="1:4">
+        <v>100.15</v>
+      </c>
+    </row>
+    <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>885</v>
       </c>
       <c r="B881">
-        <v>98.12</v>
+        <v>98.14</v>
       </c>
       <c r="C881">
-        <v>99.79</v>
+        <v>99.8</v>
       </c>
       <c r="D881">
-        <v>100.15</v>
-[...2 lines deleted...]
-    <row r="882" spans="1:4">
+        <v>100.17</v>
+      </c>
+    </row>
+    <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>886</v>
       </c>
       <c r="B882">
-        <v>98.14</v>
+        <v>98.17</v>
       </c>
       <c r="C882">
-        <v>99.8</v>
+        <v>99.84</v>
       </c>
       <c r="D882">
-        <v>100.17</v>
-[...2 lines deleted...]
-    <row r="883" spans="1:4">
+        <v>100.21</v>
+      </c>
+    </row>
+    <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>887</v>
       </c>
       <c r="B883">
-        <v>98.17</v>
+        <v>98.21</v>
       </c>
       <c r="C883">
-        <v>99.84</v>
+        <v>99.88</v>
       </c>
       <c r="D883">
-        <v>100.21</v>
-[...2 lines deleted...]
-    <row r="884" spans="1:4">
+        <v>100.25</v>
+      </c>
+    </row>
+    <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>888</v>
       </c>
       <c r="B884">
-        <v>98.21</v>
+        <v>98.26</v>
       </c>
       <c r="C884">
-        <v>99.88</v>
+        <v>99.94</v>
       </c>
       <c r="D884">
-        <v>100.25</v>
-[...2 lines deleted...]
-    <row r="885" spans="1:4">
+        <v>100.31</v>
+      </c>
+    </row>
+    <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>889</v>
       </c>
       <c r="B885">
-        <v>98.26</v>
+        <v>98.2</v>
       </c>
       <c r="C885">
-        <v>99.94</v>
+        <v>99.87</v>
       </c>
       <c r="D885">
-        <v>100.31</v>
-[...2 lines deleted...]
-    <row r="886" spans="1:4">
+        <v>100.24</v>
+      </c>
+    </row>
+    <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>890</v>
       </c>
       <c r="B886">
-        <v>98.2</v>
+        <v>98.23</v>
       </c>
       <c r="C886">
-        <v>99.87</v>
+        <v>99.91</v>
       </c>
       <c r="D886">
-        <v>100.24</v>
-[...2 lines deleted...]
-    <row r="887" spans="1:4">
+        <v>100.28</v>
+      </c>
+    </row>
+    <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>891</v>
       </c>
       <c r="B887">
-        <v>98.23</v>
+        <v>98.22</v>
       </c>
       <c r="C887">
-        <v>99.91</v>
+        <v>99.9</v>
       </c>
       <c r="D887">
         <v>100.28</v>
       </c>
     </row>
-    <row r="888" spans="1:4">
+    <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>892</v>
       </c>
       <c r="B888">
-        <v>98.22</v>
+        <v>98.24</v>
       </c>
       <c r="C888">
-        <v>99.9</v>
+        <v>99.92</v>
       </c>
       <c r="D888">
-        <v>100.28</v>
-[...2 lines deleted...]
-    <row r="889" spans="1:4">
+        <v>100.3</v>
+      </c>
+    </row>
+    <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>893</v>
       </c>
       <c r="B889">
-        <v>98.24</v>
+        <v>98.28</v>
       </c>
       <c r="C889">
-        <v>99.92</v>
+        <v>99.96</v>
       </c>
       <c r="D889">
-        <v>100.3</v>
-[...2 lines deleted...]
-    <row r="890" spans="1:4">
+        <v>100.34</v>
+      </c>
+    </row>
+    <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>894</v>
       </c>
       <c r="B890">
-        <v>98.28</v>
+        <v>98.31</v>
       </c>
       <c r="C890">
-        <v>99.96</v>
+        <v>99.99</v>
       </c>
       <c r="D890">
-        <v>100.34</v>
-[...2 lines deleted...]
-    <row r="891" spans="1:4">
+        <v>100.36</v>
+      </c>
+    </row>
+    <row r="891" spans="1:26">
       <c r="A891" t="s">
         <v>895</v>
       </c>
       <c r="B891">
-        <v>98.31</v>
+        <v>98.27</v>
       </c>
       <c r="C891">
-        <v>99.99</v>
+        <v>99.95</v>
       </c>
       <c r="D891">
-        <v>100.36</v>
-[...2 lines deleted...]
-    <row r="892" spans="1:4">
+        <v>100.33</v>
+      </c>
+    </row>
+    <row r="892" spans="1:26">
       <c r="A892" t="s">
         <v>896</v>
       </c>
       <c r="B892">
-        <v>98.27</v>
+        <v>98.23</v>
       </c>
       <c r="C892">
-        <v>99.95</v>
+        <v>99.92</v>
       </c>
       <c r="D892">
-        <v>100.33</v>
-[...2 lines deleted...]
-    <row r="893" spans="1:4">
+        <v>100.3</v>
+      </c>
+    </row>
+    <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>897</v>
       </c>
       <c r="B893">
-        <v>98.23</v>
+        <v>98.33</v>
       </c>
       <c r="C893">
-        <v>99.92</v>
+        <v>100.02</v>
       </c>
       <c r="D893">
-        <v>100.3</v>
-[...2 lines deleted...]
-    <row r="894" spans="1:4">
+        <v>100.39</v>
+      </c>
+    </row>
+    <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>898</v>
       </c>
       <c r="B894">
-        <v>98.33</v>
+        <v>98.37</v>
       </c>
       <c r="C894">
-        <v>100.02</v>
+        <v>100.07</v>
       </c>
       <c r="D894">
-        <v>100.39</v>
-[...2 lines deleted...]
-    <row r="895" spans="1:4">
+        <v>100.45</v>
+      </c>
+    </row>
+    <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>899</v>
       </c>
       <c r="B895">
-        <v>98.37</v>
+        <v>98.47</v>
       </c>
       <c r="C895">
-        <v>100.07</v>
+        <v>100.17</v>
       </c>
       <c r="D895">
-        <v>100.45</v>
-[...2 lines deleted...]
-    <row r="896" spans="1:4">
+        <v>100.55</v>
+      </c>
+    </row>
+    <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>900</v>
       </c>
       <c r="B896">
-        <v>98.47</v>
+        <v>98.59</v>
       </c>
       <c r="C896">
-        <v>100.17</v>
+        <v>100.29</v>
       </c>
       <c r="D896">
-        <v>100.55</v>
-[...2 lines deleted...]
-    <row r="897" spans="1:4">
+        <v>100.67</v>
+      </c>
+    </row>
+    <row r="897" spans="1:26">
       <c r="A897" t="s">
         <v>901</v>
       </c>
       <c r="B897">
-        <v>98.59</v>
+        <v>98.63</v>
       </c>
       <c r="C897">
-        <v>100.29</v>
+        <v>100.34</v>
       </c>
       <c r="D897">
-        <v>100.67</v>
-[...2 lines deleted...]
-    <row r="898" spans="1:4">
+        <v>100.72</v>
+      </c>
+    </row>
+    <row r="898" spans="1:26">
       <c r="A898" t="s">
         <v>902</v>
       </c>
       <c r="B898">
-        <v>98.63</v>
+        <v>98.68</v>
       </c>
       <c r="C898">
-        <v>100.34</v>
+        <v>100.39</v>
       </c>
       <c r="D898">
-        <v>100.72</v>
-[...2 lines deleted...]
-    <row r="899" spans="1:4">
+        <v>100.77</v>
+      </c>
+    </row>
+    <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>903</v>
       </c>
       <c r="B899">
-        <v>98.68</v>
+        <v>98.59</v>
       </c>
       <c r="C899">
-        <v>100.39</v>
+        <v>100.29</v>
       </c>
       <c r="D899">
-        <v>100.77</v>
-[...2 lines deleted...]
-    <row r="900" spans="1:4">
+        <v>100.68</v>
+      </c>
+    </row>
+    <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>904</v>
       </c>
       <c r="B900">
-        <v>98.59</v>
+        <v>98.54</v>
       </c>
       <c r="C900">
-        <v>100.29</v>
+        <v>100.25</v>
       </c>
       <c r="D900">
-        <v>100.68</v>
-[...2 lines deleted...]
-    <row r="901" spans="1:4">
+        <v>100.63</v>
+      </c>
+    </row>
+    <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>905</v>
       </c>
       <c r="B901">
-        <v>98.54</v>
+        <v>98.58</v>
       </c>
       <c r="C901">
-        <v>100.25</v>
+        <v>100.29</v>
       </c>
       <c r="D901">
-        <v>100.63</v>
-[...2 lines deleted...]
-    <row r="902" spans="1:4">
+        <v>100.67</v>
+      </c>
+    </row>
+    <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>906</v>
       </c>
       <c r="B902">
-        <v>98.58</v>
+        <v>98.65</v>
       </c>
       <c r="C902">
-        <v>100.29</v>
+        <v>100.36</v>
       </c>
       <c r="D902">
-        <v>100.67</v>
-[...2 lines deleted...]
-    <row r="903" spans="1:4">
+        <v>100.74</v>
+      </c>
+    </row>
+    <row r="903" spans="1:26">
       <c r="A903" t="s">
         <v>907</v>
       </c>
       <c r="B903">
-        <v>98.65</v>
+        <v>98.63</v>
       </c>
       <c r="C903">
-        <v>100.36</v>
+        <v>100.35</v>
       </c>
       <c r="D903">
-        <v>100.74</v>
-[...2 lines deleted...]
-    <row r="904" spans="1:4">
+        <v>100.73</v>
+      </c>
+    </row>
+    <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>908</v>
       </c>
       <c r="B904">
-        <v>98.63</v>
+        <v>98.61</v>
       </c>
       <c r="C904">
-        <v>100.35</v>
+        <v>100.33</v>
       </c>
       <c r="D904">
-        <v>100.73</v>
-[...2 lines deleted...]
-    <row r="905" spans="1:4">
+        <v>100.71</v>
+      </c>
+    </row>
+    <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>909</v>
       </c>
       <c r="B905">
-        <v>98.61</v>
+        <v>98.73</v>
       </c>
       <c r="C905">
-        <v>100.33</v>
+        <v>100.46</v>
       </c>
       <c r="D905">
-        <v>100.71</v>
-[...2 lines deleted...]
-    <row r="906" spans="1:4">
+        <v>100.84</v>
+      </c>
+    </row>
+    <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>910</v>
       </c>
       <c r="B906">
-        <v>98.73</v>
+        <v>98.79</v>
       </c>
       <c r="C906">
-        <v>100.46</v>
+        <v>100.52</v>
       </c>
       <c r="D906">
-        <v>100.84</v>
-[...2 lines deleted...]
-    <row r="907" spans="1:4">
+        <v>100.9</v>
+      </c>
+    </row>
+    <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>911</v>
       </c>
       <c r="B907">
-        <v>98.79</v>
+        <v>98.89</v>
       </c>
       <c r="C907">
-        <v>100.52</v>
+        <v>100.62</v>
       </c>
       <c r="D907">
-        <v>100.9</v>
-[...2 lines deleted...]
-    <row r="908" spans="1:4">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="908" spans="1:26">
       <c r="A908" t="s">
         <v>912</v>
       </c>
       <c r="B908">
-        <v>98.89</v>
+        <v>98.93</v>
       </c>
       <c r="C908">
-        <v>100.62</v>
+        <v>100.66</v>
       </c>
       <c r="D908">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="909" spans="1:4">
+        <v>101.05</v>
+      </c>
+    </row>
+    <row r="909" spans="1:26">
       <c r="A909" t="s">
         <v>913</v>
       </c>
       <c r="B909">
-        <v>98.93</v>
+        <v>98.94</v>
       </c>
       <c r="C909">
-        <v>100.66</v>
+        <v>100.67</v>
       </c>
       <c r="D909">
-        <v>101.05</v>
-[...2 lines deleted...]
-    <row r="910" spans="1:4">
+        <v>101.06</v>
+      </c>
+    </row>
+    <row r="910" spans="1:26">
       <c r="A910" t="s">
         <v>914</v>
       </c>
       <c r="B910">
-        <v>98.94</v>
+        <v>98.93</v>
       </c>
       <c r="C910">
-        <v>100.67</v>
+        <v>100.66</v>
       </c>
       <c r="D910">
-        <v>101.06</v>
-[...2 lines deleted...]
-    <row r="911" spans="1:4">
+        <v>101.05</v>
+      </c>
+    </row>
+    <row r="911" spans="1:26">
       <c r="A911" t="s">
         <v>915</v>
       </c>
       <c r="B911">
-        <v>98.93</v>
+        <v>99.0</v>
       </c>
       <c r="C911">
-        <v>100.66</v>
+        <v>100.73</v>
       </c>
       <c r="D911">
-        <v>101.05</v>
-[...2 lines deleted...]
-    <row r="912" spans="1:4">
+        <v>101.12</v>
+      </c>
+    </row>
+    <row r="912" spans="1:26">
       <c r="A912" t="s">
         <v>916</v>
       </c>
       <c r="B912">
-        <v>99</v>
+        <v>99.05</v>
       </c>
       <c r="C912">
-        <v>100.73</v>
+        <v>100.79</v>
       </c>
       <c r="D912">
-        <v>101.12</v>
-[...2 lines deleted...]
-    <row r="913" spans="1:4">
+        <v>101.18</v>
+      </c>
+    </row>
+    <row r="913" spans="1:26">
       <c r="A913" t="s">
         <v>917</v>
       </c>
       <c r="B913">
-        <v>99.05</v>
+        <v>99.13</v>
       </c>
       <c r="C913">
-        <v>100.79</v>
+        <v>100.88</v>
       </c>
       <c r="D913">
-        <v>101.18</v>
-[...2 lines deleted...]
-    <row r="914" spans="1:4">
+        <v>101.27</v>
+      </c>
+    </row>
+    <row r="914" spans="1:26">
       <c r="A914" t="s">
         <v>918</v>
       </c>
       <c r="B914">
-        <v>99.13</v>
+        <v>99.14</v>
       </c>
       <c r="C914">
-        <v>100.88</v>
+        <v>100.89</v>
       </c>
       <c r="D914">
-        <v>101.27</v>
-[...2 lines deleted...]
-    <row r="915" spans="1:4">
+        <v>101.28</v>
+      </c>
+    </row>
+    <row r="915" spans="1:26">
       <c r="A915" t="s">
         <v>919</v>
       </c>
       <c r="B915">
         <v>99.14</v>
       </c>
       <c r="C915">
         <v>100.89</v>
       </c>
       <c r="D915">
         <v>101.28</v>
       </c>
     </row>
-    <row r="916" spans="1:4">
+    <row r="916" spans="1:26">
       <c r="A916" t="s">
         <v>920</v>
       </c>
       <c r="B916">
-        <v>99.14</v>
+        <v>99.04</v>
       </c>
       <c r="C916">
-        <v>100.89</v>
+        <v>100.79</v>
       </c>
       <c r="D916">
-        <v>101.28</v>
-[...2 lines deleted...]
-    <row r="917" spans="1:4">
+        <v>101.18</v>
+      </c>
+    </row>
+    <row r="917" spans="1:26">
       <c r="A917" t="s">
         <v>921</v>
       </c>
       <c r="B917">
-        <v>99.04</v>
+        <v>99.03</v>
       </c>
       <c r="C917">
-        <v>100.79</v>
+        <v>100.78</v>
       </c>
       <c r="D917">
         <v>101.18</v>
       </c>
     </row>
-    <row r="918" spans="1:4">
+    <row r="918" spans="1:26">
       <c r="A918" t="s">
         <v>922</v>
       </c>
       <c r="B918">
-        <v>99.03</v>
+        <v>99.05</v>
       </c>
       <c r="C918">
-        <v>100.78</v>
+        <v>100.81</v>
       </c>
       <c r="D918">
-        <v>101.18</v>
-[...2 lines deleted...]
-    <row r="919" spans="1:4">
+        <v>101.2</v>
+      </c>
+    </row>
+    <row r="919" spans="1:26">
       <c r="A919" t="s">
         <v>923</v>
       </c>
       <c r="B919">
-        <v>99.05</v>
+        <v>98.98</v>
       </c>
       <c r="C919">
-        <v>100.81</v>
+        <v>100.73</v>
       </c>
       <c r="D919">
-        <v>101.2</v>
-[...2 lines deleted...]
-    <row r="920" spans="1:4">
+        <v>101.12</v>
+      </c>
+    </row>
+    <row r="920" spans="1:26">
       <c r="A920" t="s">
         <v>924</v>
       </c>
       <c r="B920">
-        <v>98.98</v>
+        <v>99.04</v>
       </c>
       <c r="C920">
-        <v>100.73</v>
+        <v>100.79</v>
       </c>
       <c r="D920">
-        <v>101.12</v>
-[...2 lines deleted...]
-    <row r="921" spans="1:4">
+        <v>101.19</v>
+      </c>
+    </row>
+    <row r="921" spans="1:26">
       <c r="A921" t="s">
         <v>925</v>
       </c>
       <c r="B921">
-        <v>99.04</v>
+        <v>99.06</v>
       </c>
       <c r="C921">
-        <v>100.79</v>
+        <v>100.82</v>
       </c>
       <c r="D921">
-        <v>101.19</v>
-[...2 lines deleted...]
-    <row r="922" spans="1:4">
+        <v>101.21</v>
+      </c>
+    </row>
+    <row r="922" spans="1:26">
       <c r="A922" t="s">
         <v>926</v>
       </c>
       <c r="B922">
-        <v>99.06</v>
+        <v>99.03</v>
       </c>
       <c r="C922">
-        <v>100.82</v>
+        <v>100.79</v>
       </c>
       <c r="D922">
-        <v>101.21</v>
-[...2 lines deleted...]
-    <row r="923" spans="1:4">
+        <v>101.19</v>
+      </c>
+    </row>
+    <row r="923" spans="1:26">
       <c r="A923" t="s">
         <v>927</v>
       </c>
       <c r="B923">
-        <v>99.03</v>
+        <v>99.13</v>
       </c>
       <c r="C923">
-        <v>100.79</v>
+        <v>100.89</v>
       </c>
       <c r="D923">
-        <v>101.19</v>
-[...2 lines deleted...]
-    <row r="924" spans="1:4">
+        <v>101.29</v>
+      </c>
+    </row>
+    <row r="924" spans="1:26">
       <c r="A924" t="s">
         <v>928</v>
       </c>
       <c r="B924">
-        <v>99.13</v>
+        <v>99.2</v>
       </c>
       <c r="C924">
-        <v>100.89</v>
+        <v>100.97</v>
       </c>
       <c r="D924">
-        <v>101.29</v>
-[...2 lines deleted...]
-    <row r="925" spans="1:4">
+        <v>101.37</v>
+      </c>
+    </row>
+    <row r="925" spans="1:26">
       <c r="A925" t="s">
         <v>929</v>
       </c>
       <c r="B925">
-        <v>99.2</v>
+        <v>99.25</v>
       </c>
       <c r="C925">
-        <v>100.97</v>
+        <v>101.02</v>
       </c>
       <c r="D925">
-        <v>101.37</v>
-[...2 lines deleted...]
-    <row r="926" spans="1:4">
+        <v>101.42</v>
+      </c>
+    </row>
+    <row r="926" spans="1:26">
       <c r="A926" t="s">
         <v>930</v>
       </c>
       <c r="B926">
-        <v>99.25</v>
+        <v>99.27</v>
       </c>
       <c r="C926">
-        <v>101.02</v>
+        <v>101.04</v>
       </c>
       <c r="D926">
-        <v>101.42</v>
-[...2 lines deleted...]
-    <row r="927" spans="1:4">
+        <v>101.44</v>
+      </c>
+    </row>
+    <row r="927" spans="1:26">
       <c r="A927" t="s">
         <v>931</v>
       </c>
       <c r="B927">
-        <v>99.27</v>
+        <v>99.29</v>
       </c>
       <c r="C927">
-        <v>101.04</v>
+        <v>101.07</v>
       </c>
       <c r="D927">
-        <v>101.44</v>
-[...2 lines deleted...]
-    <row r="928" spans="1:4">
+        <v>101.47</v>
+      </c>
+    </row>
+    <row r="928" spans="1:26">
       <c r="A928" t="s">
         <v>932</v>
       </c>
       <c r="B928">
-        <v>99.29</v>
+        <v>99.24</v>
       </c>
       <c r="C928">
-        <v>101.07</v>
+        <v>101.01</v>
       </c>
       <c r="D928">
-        <v>101.47</v>
-[...2 lines deleted...]
-    <row r="929" spans="1:4">
+        <v>101.41</v>
+      </c>
+    </row>
+    <row r="929" spans="1:26">
       <c r="A929" t="s">
         <v>933</v>
       </c>
       <c r="B929">
-        <v>99.24</v>
+        <v>99.35</v>
       </c>
       <c r="C929">
-        <v>101.01</v>
+        <v>101.13</v>
       </c>
       <c r="D929">
-        <v>101.41</v>
-[...2 lines deleted...]
-    <row r="930" spans="1:4">
+        <v>101.53</v>
+      </c>
+    </row>
+    <row r="930" spans="1:26">
       <c r="A930" t="s">
         <v>934</v>
       </c>
       <c r="B930">
-        <v>99.35</v>
+        <v>99.36</v>
       </c>
       <c r="C930">
-        <v>101.13</v>
+        <v>101.14</v>
       </c>
       <c r="D930">
-        <v>101.53</v>
-[...2 lines deleted...]
-    <row r="931" spans="1:4">
+        <v>101.54</v>
+      </c>
+    </row>
+    <row r="931" spans="1:26">
       <c r="A931" t="s">
         <v>935</v>
       </c>
       <c r="B931">
-        <v>99.36</v>
+        <v>99.34</v>
       </c>
       <c r="C931">
-        <v>101.14</v>
+        <v>101.12</v>
       </c>
       <c r="D931">
-        <v>101.54</v>
-[...2 lines deleted...]
-    <row r="932" spans="1:4">
+        <v>101.52</v>
+      </c>
+    </row>
+    <row r="932" spans="1:26">
       <c r="A932" t="s">
         <v>936</v>
       </c>
       <c r="B932">
-        <v>99.34</v>
+        <v>99.32</v>
       </c>
       <c r="C932">
-        <v>101.12</v>
+        <v>101.11</v>
       </c>
       <c r="D932">
-        <v>101.52</v>
-[...2 lines deleted...]
-    <row r="933" spans="1:4">
+        <v>101.51</v>
+      </c>
+    </row>
+    <row r="933" spans="1:26">
       <c r="A933" t="s">
         <v>937</v>
       </c>
       <c r="B933">
-        <v>99.32</v>
+        <v>99.31</v>
       </c>
       <c r="C933">
-        <v>101.11</v>
+        <v>101.09</v>
       </c>
       <c r="D933">
-        <v>101.51</v>
-[...2 lines deleted...]
-    <row r="934" spans="1:4">
+        <v>101.5</v>
+      </c>
+    </row>
+    <row r="934" spans="1:26">
       <c r="A934" t="s">
         <v>938</v>
       </c>
       <c r="B934">
-        <v>99.31</v>
+        <v>99.2</v>
       </c>
       <c r="C934">
-        <v>101.09</v>
+        <v>100.98</v>
       </c>
       <c r="D934">
-        <v>101.5</v>
-[...2 lines deleted...]
-    <row r="935" spans="1:4">
+        <v>101.39</v>
+      </c>
+    </row>
+    <row r="935" spans="1:26">
       <c r="A935" t="s">
         <v>939</v>
       </c>
       <c r="B935">
-        <v>99.2</v>
+        <v>99.21</v>
       </c>
       <c r="C935">
-        <v>100.98</v>
+        <v>101.0</v>
       </c>
       <c r="D935">
-        <v>101.39</v>
-[...2 lines deleted...]
-    <row r="936" spans="1:4">
+        <v>101.41</v>
+      </c>
+    </row>
+    <row r="936" spans="1:26">
       <c r="A936" t="s">
         <v>940</v>
       </c>
       <c r="B936">
-        <v>99.21</v>
+        <v>99.27</v>
       </c>
       <c r="C936">
-        <v>101</v>
+        <v>101.06</v>
       </c>
       <c r="D936">
-        <v>101.41</v>
-[...2 lines deleted...]
-    <row r="937" spans="1:4">
+        <v>101.47</v>
+      </c>
+    </row>
+    <row r="937" spans="1:26">
       <c r="A937" t="s">
         <v>941</v>
       </c>
       <c r="B937">
-        <v>99.27</v>
+        <v>99.2</v>
       </c>
       <c r="C937">
-        <v>101.06</v>
+        <v>100.99</v>
       </c>
       <c r="D937">
-        <v>101.47</v>
-[...2 lines deleted...]
-    <row r="938" spans="1:4">
+        <v>101.4</v>
+      </c>
+    </row>
+    <row r="938" spans="1:26">
       <c r="A938" t="s">
         <v>942</v>
       </c>
       <c r="B938">
-        <v>99.2</v>
+        <v>99.54</v>
       </c>
       <c r="C938">
-        <v>100.99</v>
+        <v>101.35</v>
       </c>
       <c r="D938">
-        <v>101.4</v>
-[...2 lines deleted...]
-    <row r="939" spans="1:4">
+        <v>101.76</v>
+      </c>
+    </row>
+    <row r="939" spans="1:26">
       <c r="A939" t="s">
         <v>943</v>
       </c>
       <c r="B939">
-        <v>99.54</v>
+        <v>99.46</v>
       </c>
       <c r="C939">
-        <v>101.35</v>
+        <v>101.26</v>
       </c>
       <c r="D939">
-        <v>101.76</v>
-[...2 lines deleted...]
-    <row r="940" spans="1:4">
+        <v>101.67</v>
+      </c>
+    </row>
+    <row r="940" spans="1:26">
       <c r="A940" t="s">
         <v>944</v>
       </c>
       <c r="B940">
-        <v>99.46</v>
+        <v>99.56</v>
       </c>
       <c r="C940">
-        <v>101.26</v>
+        <v>101.37</v>
       </c>
       <c r="D940">
-        <v>101.67</v>
-[...2 lines deleted...]
-    <row r="941" spans="1:4">
+        <v>101.78</v>
+      </c>
+    </row>
+    <row r="941" spans="1:26">
       <c r="A941" t="s">
         <v>945</v>
       </c>
       <c r="B941">
-        <v>99.56</v>
+        <v>99.71</v>
       </c>
       <c r="C941">
-        <v>101.37</v>
+        <v>101.52</v>
       </c>
       <c r="D941">
-        <v>101.78</v>
-[...2 lines deleted...]
-    <row r="942" spans="1:4">
+        <v>101.93</v>
+      </c>
+    </row>
+    <row r="942" spans="1:26">
       <c r="A942" t="s">
         <v>946</v>
       </c>
       <c r="B942">
-        <v>99.71</v>
+        <v>99.67</v>
       </c>
       <c r="C942">
-        <v>101.52</v>
+        <v>101.48</v>
       </c>
       <c r="D942">
-        <v>101.93</v>
-[...2 lines deleted...]
-    <row r="943" spans="1:4">
+        <v>101.89</v>
+      </c>
+    </row>
+    <row r="943" spans="1:26">
       <c r="A943" t="s">
         <v>947</v>
       </c>
       <c r="B943">
-        <v>99.67</v>
+        <v>99.78</v>
       </c>
       <c r="C943">
-        <v>101.48</v>
+        <v>101.6</v>
       </c>
       <c r="D943">
-        <v>101.89</v>
-[...2 lines deleted...]
-    <row r="944" spans="1:4">
+        <v>102.01</v>
+      </c>
+    </row>
+    <row r="944" spans="1:26">
       <c r="A944" t="s">
         <v>948</v>
       </c>
       <c r="B944">
-        <v>99.78</v>
+        <v>99.72</v>
       </c>
       <c r="C944">
-        <v>101.6</v>
+        <v>101.54</v>
       </c>
       <c r="D944">
-        <v>102.01</v>
-[...2 lines deleted...]
-    <row r="945" spans="1:4">
+        <v>101.95</v>
+      </c>
+    </row>
+    <row r="945" spans="1:26">
       <c r="A945" t="s">
         <v>949</v>
       </c>
       <c r="B945">
-        <v>99.72</v>
+        <v>99.66</v>
       </c>
       <c r="C945">
-        <v>101.54</v>
+        <v>101.48</v>
       </c>
       <c r="D945">
-        <v>101.95</v>
-[...2 lines deleted...]
-    <row r="946" spans="1:4">
+        <v>101.9</v>
+      </c>
+    </row>
+    <row r="946" spans="1:26">
       <c r="A946" t="s">
         <v>950</v>
       </c>
       <c r="B946">
         <v>99.66</v>
       </c>
       <c r="C946">
         <v>101.48</v>
       </c>
       <c r="D946">
         <v>101.9</v>
       </c>
     </row>
-    <row r="947" spans="1:4">
+    <row r="947" spans="1:26">
       <c r="A947" t="s">
         <v>951</v>
       </c>
       <c r="B947">
-        <v>99.66</v>
+        <v>99.68</v>
       </c>
       <c r="C947">
-        <v>101.48</v>
+        <v>101.5</v>
       </c>
       <c r="D947">
-        <v>101.9</v>
-[...2 lines deleted...]
-    <row r="948" spans="1:4">
+        <v>101.92</v>
+      </c>
+    </row>
+    <row r="948" spans="1:26">
       <c r="A948" t="s">
         <v>952</v>
       </c>
       <c r="B948">
-        <v>99.68</v>
+        <v>99.69</v>
       </c>
       <c r="C948">
-        <v>101.5</v>
+        <v>101.52</v>
       </c>
       <c r="D948">
-        <v>101.92</v>
-[...2 lines deleted...]
-    <row r="949" spans="1:4">
+        <v>101.93</v>
+      </c>
+    </row>
+    <row r="949" spans="1:26">
       <c r="A949" t="s">
         <v>953</v>
       </c>
       <c r="B949">
-        <v>99.69</v>
+        <v>99.83</v>
       </c>
       <c r="C949">
-        <v>101.52</v>
+        <v>101.66</v>
       </c>
       <c r="D949">
-        <v>101.93</v>
-[...2 lines deleted...]
-    <row r="950" spans="1:4">
+        <v>102.08</v>
+      </c>
+    </row>
+    <row r="950" spans="1:26">
       <c r="A950" t="s">
         <v>954</v>
       </c>
       <c r="B950">
         <v>99.83</v>
       </c>
       <c r="C950">
-        <v>101.66</v>
+        <v>101.67</v>
       </c>
       <c r="D950">
         <v>102.08</v>
       </c>
     </row>
-    <row r="951" spans="1:4">
+    <row r="951" spans="1:26">
       <c r="A951" t="s">
         <v>955</v>
       </c>
       <c r="B951">
-        <v>99.83</v>
+        <v>99.89</v>
       </c>
       <c r="C951">
-        <v>101.67</v>
+        <v>101.73</v>
       </c>
       <c r="D951">
-        <v>102.08</v>
-[...2 lines deleted...]
-    <row r="952" spans="1:4">
+        <v>102.15</v>
+      </c>
+    </row>
+    <row r="952" spans="1:26">
       <c r="A952" t="s">
         <v>956</v>
       </c>
       <c r="B952">
-        <v>99.89</v>
+        <v>99.88</v>
       </c>
       <c r="C952">
-        <v>101.73</v>
+        <v>101.71</v>
       </c>
       <c r="D952">
-        <v>102.15</v>
-[...2 lines deleted...]
-    <row r="953" spans="1:4">
+        <v>102.13</v>
+      </c>
+    </row>
+    <row r="953" spans="1:26">
       <c r="A953" t="s">
         <v>957</v>
       </c>
       <c r="B953">
-        <v>99.88</v>
+        <v>99.93</v>
       </c>
       <c r="C953">
-        <v>101.71</v>
+        <v>101.76</v>
       </c>
       <c r="D953">
-        <v>102.13</v>
-[...2 lines deleted...]
-    <row r="954" spans="1:4">
+        <v>102.18</v>
+      </c>
+    </row>
+    <row r="954" spans="1:26">
       <c r="A954" t="s">
         <v>958</v>
       </c>
       <c r="B954">
-        <v>99.93</v>
+        <v>99.99</v>
       </c>
       <c r="C954">
-        <v>101.76</v>
+        <v>101.83</v>
       </c>
       <c r="D954">
-        <v>102.18</v>
-[...2 lines deleted...]
-    <row r="955" spans="1:4">
+        <v>102.25</v>
+      </c>
+    </row>
+    <row r="955" spans="1:26">
       <c r="A955" t="s">
         <v>959</v>
       </c>
       <c r="B955">
-        <v>99.99</v>
+        <v>100.13</v>
       </c>
       <c r="C955">
-        <v>101.83</v>
+        <v>101.98</v>
       </c>
       <c r="D955">
-        <v>102.25</v>
-[...2 lines deleted...]
-    <row r="956" spans="1:4">
+        <v>102.4</v>
+      </c>
+    </row>
+    <row r="956" spans="1:26">
       <c r="A956" t="s">
         <v>960</v>
       </c>
       <c r="B956">
-        <v>100.13</v>
+        <v>100.11</v>
       </c>
       <c r="C956">
-        <v>101.98</v>
+        <v>101.96</v>
       </c>
       <c r="D956">
-        <v>102.4</v>
-[...2 lines deleted...]
-    <row r="957" spans="1:4">
+        <v>102.38</v>
+      </c>
+    </row>
+    <row r="957" spans="1:26">
       <c r="A957" t="s">
         <v>961</v>
       </c>
       <c r="B957">
-        <v>100.11</v>
+        <v>100.14</v>
       </c>
       <c r="C957">
-        <v>101.96</v>
+        <v>102.0</v>
       </c>
       <c r="D957">
-        <v>102.38</v>
-[...2 lines deleted...]
-    <row r="958" spans="1:4">
+        <v>102.42</v>
+      </c>
+    </row>
+    <row r="958" spans="1:26">
       <c r="A958" t="s">
         <v>962</v>
       </c>
       <c r="B958">
-        <v>100.14</v>
+        <v>100.11</v>
       </c>
       <c r="C958">
-        <v>102</v>
+        <v>101.96</v>
       </c>
       <c r="D958">
-        <v>102.42</v>
-[...2 lines deleted...]
-    <row r="959" spans="1:4">
+        <v>102.38</v>
+      </c>
+    </row>
+    <row r="959" spans="1:26">
       <c r="A959" t="s">
         <v>963</v>
       </c>
       <c r="B959">
-        <v>100.11</v>
+        <v>100.2</v>
       </c>
       <c r="C959">
-        <v>101.96</v>
+        <v>102.06</v>
       </c>
       <c r="D959">
-        <v>102.38</v>
-[...2 lines deleted...]
-    <row r="960" spans="1:4">
+        <v>102.48</v>
+      </c>
+    </row>
+    <row r="960" spans="1:26">
       <c r="A960" t="s">
         <v>964</v>
       </c>
       <c r="B960">
-        <v>100.2</v>
+        <v>100.24</v>
       </c>
       <c r="C960">
-        <v>102.06</v>
+        <v>102.1</v>
       </c>
       <c r="D960">
-        <v>102.48</v>
-[...2 lines deleted...]
-    <row r="961" spans="1:4">
+        <v>102.52</v>
+      </c>
+    </row>
+    <row r="961" spans="1:26">
       <c r="A961" t="s">
         <v>965</v>
       </c>
       <c r="B961">
-        <v>100.24</v>
+        <v>100.34</v>
       </c>
       <c r="C961">
-        <v>102.1</v>
+        <v>102.2</v>
       </c>
       <c r="D961">
-        <v>102.52</v>
-[...2 lines deleted...]
-    <row r="962" spans="1:4">
+        <v>102.63</v>
+      </c>
+    </row>
+    <row r="962" spans="1:26">
       <c r="A962" t="s">
         <v>966</v>
       </c>
       <c r="B962">
-        <v>100.34</v>
+        <v>100.36</v>
       </c>
       <c r="C962">
-        <v>102.2</v>
+        <v>102.22</v>
       </c>
       <c r="D962">
-        <v>102.63</v>
-[...2 lines deleted...]
-    <row r="963" spans="1:4">
+        <v>102.65</v>
+      </c>
+    </row>
+    <row r="963" spans="1:26">
       <c r="A963" t="s">
         <v>967</v>
       </c>
       <c r="B963">
-        <v>100.36</v>
+        <v>100.26</v>
       </c>
       <c r="C963">
-        <v>102.22</v>
+        <v>102.12</v>
       </c>
       <c r="D963">
-        <v>102.65</v>
-[...2 lines deleted...]
-    <row r="964" spans="1:4">
+        <v>102.55</v>
+      </c>
+    </row>
+    <row r="964" spans="1:26">
       <c r="A964" t="s">
         <v>968</v>
       </c>
       <c r="B964">
-        <v>100.26</v>
+        <v>100.22</v>
       </c>
       <c r="C964">
-        <v>102.12</v>
+        <v>102.09</v>
       </c>
       <c r="D964">
-        <v>102.55</v>
-[...2 lines deleted...]
-    <row r="965" spans="1:4">
+        <v>102.52</v>
+      </c>
+    </row>
+    <row r="965" spans="1:26">
       <c r="A965" t="s">
         <v>969</v>
       </c>
       <c r="B965">
-        <v>100.22</v>
+        <v>100.26</v>
       </c>
       <c r="C965">
-        <v>102.09</v>
+        <v>102.13</v>
       </c>
       <c r="D965">
-        <v>102.52</v>
-[...2 lines deleted...]
-    <row r="966" spans="1:4">
+        <v>102.56</v>
+      </c>
+    </row>
+    <row r="966" spans="1:26">
       <c r="A966" t="s">
         <v>970</v>
       </c>
       <c r="B966">
         <v>100.26</v>
       </c>
       <c r="C966">
         <v>102.13</v>
       </c>
       <c r="D966">
         <v>102.56</v>
       </c>
     </row>
-    <row r="967" spans="1:4">
+    <row r="967" spans="1:26">
       <c r="A967" t="s">
         <v>971</v>
       </c>
       <c r="B967">
-        <v>100.26</v>
+        <v>100.28</v>
       </c>
       <c r="C967">
-        <v>102.13</v>
+        <v>102.15</v>
       </c>
       <c r="D967">
-        <v>102.56</v>
-[...2 lines deleted...]
-    <row r="968" spans="1:4">
+        <v>102.58</v>
+      </c>
+    </row>
+    <row r="968" spans="1:26">
       <c r="A968" t="s">
         <v>972</v>
       </c>
       <c r="B968">
-        <v>100.28</v>
+        <v>100.22</v>
       </c>
       <c r="C968">
-        <v>102.15</v>
+        <v>102.09</v>
       </c>
       <c r="D968">
-        <v>102.58</v>
-[...2 lines deleted...]
-    <row r="969" spans="1:4">
+        <v>102.52</v>
+      </c>
+    </row>
+    <row r="969" spans="1:26">
       <c r="A969" t="s">
         <v>973</v>
       </c>
       <c r="B969">
-        <v>100.22</v>
+        <v>100.25</v>
       </c>
       <c r="C969">
-        <v>102.09</v>
+        <v>102.12</v>
       </c>
       <c r="D969">
-        <v>102.52</v>
-[...2 lines deleted...]
-    <row r="970" spans="1:4">
+        <v>102.55</v>
+      </c>
+    </row>
+    <row r="970" spans="1:26">
       <c r="A970" t="s">
         <v>974</v>
       </c>
       <c r="B970">
-        <v>100.25</v>
+        <v>100.24</v>
       </c>
       <c r="C970">
         <v>102.12</v>
       </c>
       <c r="D970">
         <v>102.55</v>
       </c>
     </row>
-    <row r="971" spans="1:4">
+    <row r="971" spans="1:26">
       <c r="A971" t="s">
         <v>975</v>
       </c>
       <c r="B971">
-        <v>100.24</v>
+        <v>100.26</v>
       </c>
       <c r="C971">
-        <v>102.12</v>
+        <v>102.14</v>
       </c>
       <c r="D971">
-        <v>102.55</v>
-[...2 lines deleted...]
-    <row r="972" spans="1:4">
+        <v>102.57</v>
+      </c>
+    </row>
+    <row r="972" spans="1:26">
       <c r="A972" t="s">
         <v>976</v>
       </c>
       <c r="B972">
-        <v>100.26</v>
+        <v>100.2</v>
       </c>
       <c r="C972">
-        <v>102.14</v>
+        <v>102.08</v>
       </c>
       <c r="D972">
-        <v>102.57</v>
-[...2 lines deleted...]
-    <row r="973" spans="1:4">
+        <v>102.5</v>
+      </c>
+    </row>
+    <row r="973" spans="1:26">
       <c r="A973" t="s">
         <v>977</v>
       </c>
       <c r="B973">
-        <v>100.2</v>
+        <v>100.28</v>
       </c>
       <c r="C973">
-        <v>102.08</v>
+        <v>102.17</v>
       </c>
       <c r="D973">
-        <v>102.5</v>
-[...2 lines deleted...]
-    <row r="974" spans="1:4">
+        <v>102.6</v>
+      </c>
+    </row>
+    <row r="974" spans="1:26">
       <c r="A974" t="s">
         <v>978</v>
       </c>
       <c r="B974">
         <v>100.28</v>
       </c>
       <c r="C974">
         <v>102.17</v>
       </c>
       <c r="D974">
-        <v>102.6</v>
-[...2 lines deleted...]
-    <row r="975" spans="1:4">
+        <v>102.61</v>
+      </c>
+    </row>
+    <row r="975" spans="1:26">
       <c r="A975" t="s">
         <v>979</v>
       </c>
       <c r="B975">
         <v>100.28</v>
       </c>
       <c r="C975">
-        <v>102.17</v>
+        <v>102.18</v>
       </c>
       <c r="D975">
         <v>102.61</v>
       </c>
     </row>
-    <row r="976" spans="1:4">
+    <row r="976" spans="1:26">
       <c r="A976" t="s">
         <v>980</v>
       </c>
       <c r="B976">
-        <v>100.28</v>
+        <v>100.23</v>
       </c>
       <c r="C976">
-        <v>102.18</v>
+        <v>102.1</v>
       </c>
       <c r="D976">
-        <v>102.61</v>
-[...2 lines deleted...]
-    <row r="977" spans="1:4">
+        <v>102.51</v>
+      </c>
+    </row>
+    <row r="977" spans="1:26">
       <c r="A977" t="s">
         <v>981</v>
       </c>
       <c r="B977">
-        <v>100.23</v>
+        <v>100.14</v>
       </c>
       <c r="C977">
-        <v>102.1</v>
+        <v>102.0</v>
       </c>
       <c r="D977">
-        <v>102.51</v>
-[...2 lines deleted...]
-    <row r="978" spans="1:4">
+        <v>102.41</v>
+      </c>
+    </row>
+    <row r="978" spans="1:26">
       <c r="A978" t="s">
         <v>982</v>
       </c>
       <c r="B978">
         <v>100.14</v>
       </c>
       <c r="C978">
-        <v>102</v>
+        <v>101.99</v>
       </c>
       <c r="D978">
-        <v>102.41</v>
-[...2 lines deleted...]
-    <row r="979" spans="1:4">
+        <v>102.4</v>
+      </c>
+    </row>
+    <row r="979" spans="1:26">
       <c r="A979" t="s">
         <v>983</v>
       </c>
       <c r="B979">
-        <v>100.14</v>
+        <v>100.12</v>
       </c>
       <c r="C979">
-        <v>101.99</v>
+        <v>101.96</v>
       </c>
       <c r="D979">
-        <v>102.4</v>
-[...2 lines deleted...]
-    <row r="980" spans="1:4">
+        <v>102.37</v>
+      </c>
+    </row>
+    <row r="980" spans="1:26">
       <c r="A980" t="s">
         <v>984</v>
       </c>
       <c r="B980">
-        <v>100.12</v>
+        <v>100.09</v>
       </c>
       <c r="C980">
-        <v>101.96</v>
+        <v>101.92</v>
       </c>
       <c r="D980">
-        <v>102.37</v>
-[...2 lines deleted...]
-    <row r="981" spans="1:4">
+        <v>102.33</v>
+      </c>
+    </row>
+    <row r="981" spans="1:26">
       <c r="A981" t="s">
         <v>985</v>
       </c>
       <c r="B981">
-        <v>100.09</v>
+        <v>100.03</v>
       </c>
       <c r="C981">
-        <v>101.92</v>
+        <v>101.84</v>
       </c>
       <c r="D981">
-        <v>102.33</v>
-[...2 lines deleted...]
-    <row r="982" spans="1:4">
+        <v>102.25</v>
+      </c>
+    </row>
+    <row r="982" spans="1:26">
       <c r="A982" t="s">
         <v>986</v>
       </c>
       <c r="B982">
-        <v>100.03</v>
+        <v>99.97</v>
       </c>
       <c r="C982">
-        <v>101.84</v>
+        <v>101.77</v>
       </c>
       <c r="D982">
-        <v>102.25</v>
-[...2 lines deleted...]
-    <row r="983" spans="1:4">
+        <v>102.18</v>
+      </c>
+    </row>
+    <row r="983" spans="1:26">
       <c r="A983" t="s">
         <v>987</v>
       </c>
       <c r="B983">
-        <v>99.97</v>
+        <v>99.89</v>
       </c>
       <c r="C983">
-        <v>101.77</v>
+        <v>101.69</v>
       </c>
       <c r="D983">
-        <v>102.18</v>
-[...2 lines deleted...]
-    <row r="984" spans="1:4">
+        <v>102.1</v>
+      </c>
+    </row>
+    <row r="984" spans="1:26">
       <c r="A984" t="s">
         <v>988</v>
       </c>
       <c r="B984">
-        <v>99.89</v>
+        <v>100.13</v>
       </c>
       <c r="C984">
-        <v>101.69</v>
+        <v>101.97</v>
       </c>
       <c r="D984">
-        <v>102.1</v>
-[...2 lines deleted...]
-    <row r="985" spans="1:4">
+        <v>102.38</v>
+      </c>
+    </row>
+    <row r="985" spans="1:26">
       <c r="A985" t="s">
         <v>989</v>
       </c>
       <c r="B985">
-        <v>100.13</v>
+        <v>100.2</v>
       </c>
       <c r="C985">
-        <v>101.97</v>
+        <v>102.05</v>
       </c>
       <c r="D985">
-        <v>102.38</v>
-[...2 lines deleted...]
-    <row r="986" spans="1:4">
+        <v>102.46</v>
+      </c>
+    </row>
+    <row r="986" spans="1:26">
       <c r="A986" t="s">
         <v>990</v>
       </c>
       <c r="B986">
-        <v>100.2</v>
+        <v>100.26</v>
       </c>
       <c r="C986">
-        <v>102.05</v>
+        <v>102.13</v>
       </c>
       <c r="D986">
-        <v>102.46</v>
-[...2 lines deleted...]
-    <row r="987" spans="1:4">
+        <v>102.55</v>
+      </c>
+    </row>
+    <row r="987" spans="1:26">
       <c r="A987" t="s">
         <v>991</v>
       </c>
       <c r="B987">
-        <v>100.26</v>
+        <v>100.29</v>
       </c>
       <c r="C987">
-        <v>102.13</v>
+        <v>102.17</v>
       </c>
       <c r="D987">
-        <v>102.55</v>
-[...2 lines deleted...]
-    <row r="988" spans="1:4">
+        <v>102.59</v>
+      </c>
+    </row>
+    <row r="988" spans="1:26">
       <c r="A988" t="s">
         <v>992</v>
       </c>
       <c r="B988">
-        <v>100.29</v>
+        <v>100.34</v>
       </c>
       <c r="C988">
-        <v>102.17</v>
+        <v>102.23</v>
       </c>
       <c r="D988">
-        <v>102.59</v>
-[...2 lines deleted...]
-    <row r="989" spans="1:4">
+        <v>102.65</v>
+      </c>
+    </row>
+    <row r="989" spans="1:26">
       <c r="A989" t="s">
         <v>993</v>
       </c>
       <c r="B989">
         <v>100.34</v>
       </c>
       <c r="C989">
         <v>102.23</v>
       </c>
       <c r="D989">
         <v>102.65</v>
       </c>
     </row>
-    <row r="990" spans="1:4">
+    <row r="990" spans="1:26">
       <c r="A990" t="s">
         <v>994</v>
       </c>
       <c r="B990">
-        <v>100.34</v>
+        <v>100.29</v>
       </c>
       <c r="C990">
-        <v>102.23</v>
+        <v>102.17</v>
       </c>
       <c r="D990">
-        <v>102.65</v>
-[...2 lines deleted...]
-    <row r="991" spans="1:4">
+        <v>102.59</v>
+      </c>
+    </row>
+    <row r="991" spans="1:26">
       <c r="A991" t="s">
         <v>995</v>
       </c>
       <c r="B991">
-        <v>100.29</v>
+        <v>100.23</v>
       </c>
       <c r="C991">
-        <v>102.17</v>
+        <v>102.1</v>
       </c>
       <c r="D991">
-        <v>102.59</v>
-[...2 lines deleted...]
-    <row r="992" spans="1:4">
+        <v>102.52</v>
+      </c>
+    </row>
+    <row r="992" spans="1:26">
       <c r="A992" t="s">
         <v>996</v>
       </c>
       <c r="B992">
-        <v>100.23</v>
+        <v>100.31</v>
       </c>
       <c r="C992">
-        <v>102.1</v>
+        <v>102.19</v>
       </c>
       <c r="D992">
-        <v>102.52</v>
-[...2 lines deleted...]
-    <row r="993" spans="1:4">
+        <v>102.61</v>
+      </c>
+    </row>
+    <row r="993" spans="1:26">
       <c r="A993" t="s">
         <v>997</v>
       </c>
       <c r="B993">
-        <v>100.31</v>
+        <v>100.29</v>
       </c>
       <c r="C993">
-        <v>102.19</v>
+        <v>102.18</v>
       </c>
       <c r="D993">
-        <v>102.61</v>
-[...2 lines deleted...]
-    <row r="994" spans="1:4">
+        <v>102.6</v>
+      </c>
+    </row>
+    <row r="994" spans="1:26">
       <c r="A994" t="s">
         <v>998</v>
       </c>
       <c r="B994">
-        <v>100.29</v>
+        <v>100.32</v>
       </c>
       <c r="C994">
-        <v>102.18</v>
+        <v>102.21</v>
       </c>
       <c r="D994">
-        <v>102.6</v>
-[...2 lines deleted...]
-    <row r="995" spans="1:4">
+        <v>102.63</v>
+      </c>
+    </row>
+    <row r="995" spans="1:26">
       <c r="A995" t="s">
         <v>999</v>
       </c>
       <c r="B995">
-        <v>100.32</v>
+        <v>100.54</v>
       </c>
       <c r="C995">
-        <v>102.21</v>
+        <v>102.45</v>
       </c>
       <c r="D995">
-        <v>102.63</v>
-[...2 lines deleted...]
-    <row r="996" spans="1:4">
+        <v>102.87</v>
+      </c>
+    </row>
+    <row r="996" spans="1:26">
       <c r="A996" t="s">
         <v>1000</v>
       </c>
       <c r="B996">
-        <v>100.54</v>
+        <v>100.8</v>
       </c>
       <c r="C996">
-        <v>102.45</v>
+        <v>102.75</v>
       </c>
       <c r="D996">
-        <v>102.87</v>
-[...2 lines deleted...]
-    <row r="997" spans="1:4">
+        <v>103.17</v>
+      </c>
+    </row>
+    <row r="997" spans="1:26">
       <c r="A997" t="s">
         <v>1001</v>
       </c>
       <c r="B997">
-        <v>100.8</v>
+        <v>100.91</v>
       </c>
       <c r="C997">
-        <v>102.75</v>
+        <v>102.87</v>
       </c>
       <c r="D997">
-        <v>103.17</v>
-[...2 lines deleted...]
-    <row r="998" spans="1:4">
+        <v>103.31</v>
+      </c>
+    </row>
+    <row r="998" spans="1:26">
       <c r="A998" t="s">
         <v>1002</v>
       </c>
       <c r="B998">
-        <v>100.91</v>
+        <v>100.95</v>
       </c>
       <c r="C998">
-        <v>102.87</v>
+        <v>102.9</v>
       </c>
       <c r="D998">
-        <v>103.31</v>
-[...2 lines deleted...]
-    <row r="999" spans="1:4">
+        <v>103.34</v>
+      </c>
+    </row>
+    <row r="999" spans="1:26">
       <c r="A999" t="s">
         <v>1003</v>
       </c>
       <c r="B999">
-        <v>100.95</v>
+        <v>101.04</v>
       </c>
       <c r="C999">
-        <v>102.9</v>
+        <v>102.99</v>
       </c>
       <c r="D999">
-        <v>103.34</v>
-[...2 lines deleted...]
-    <row r="1000" spans="1:4">
+        <v>103.45</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:26">
       <c r="A1000" t="s">
         <v>1004</v>
       </c>
       <c r="B1000">
-        <v>101.04</v>
+        <v>101.08</v>
       </c>
       <c r="C1000">
-        <v>102.99</v>
+        <v>103.04</v>
       </c>
       <c r="D1000">
-        <v>103.45</v>
-[...2 lines deleted...]
-    <row r="1001" spans="1:4">
+        <v>103.48</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:26">
       <c r="A1001" t="s">
         <v>1005</v>
       </c>
       <c r="B1001">
-        <v>101.08</v>
+        <v>101.15</v>
       </c>
       <c r="C1001">
-        <v>103.04</v>
+        <v>103.1</v>
       </c>
       <c r="D1001">
-        <v>103.48</v>
-[...2 lines deleted...]
-    <row r="1002" spans="1:4">
+        <v>103.52</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:26">
       <c r="A1002" t="s">
         <v>1006</v>
       </c>
       <c r="B1002">
-        <v>101.15</v>
+        <v>101.19</v>
       </c>
       <c r="C1002">
-        <v>103.1</v>
+        <v>103.15</v>
       </c>
       <c r="D1002">
-        <v>103.52</v>
-[...2 lines deleted...]
-    <row r="1003" spans="1:4">
+        <v>103.59</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:26">
       <c r="A1003" t="s">
         <v>1007</v>
       </c>
       <c r="B1003">
-        <v>101.19</v>
+        <v>101.03</v>
       </c>
       <c r="C1003">
-        <v>103.15</v>
+        <v>102.98</v>
       </c>
       <c r="D1003">
-        <v>103.59</v>
-[...2 lines deleted...]
-    <row r="1004" spans="1:4">
+        <v>103.4</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:26">
       <c r="A1004" t="s">
         <v>1008</v>
       </c>
       <c r="B1004">
-        <v>101.03</v>
+        <v>100.92</v>
       </c>
       <c r="C1004">
-        <v>102.98</v>
+        <v>102.85</v>
       </c>
       <c r="D1004">
-        <v>103.4</v>
-[...2 lines deleted...]
-    <row r="1005" spans="1:4">
+        <v>103.28</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:26">
       <c r="A1005" t="s">
         <v>1009</v>
       </c>
       <c r="B1005">
-        <v>100.92</v>
+        <v>101.09</v>
       </c>
       <c r="C1005">
-        <v>102.85</v>
+        <v>103.06</v>
       </c>
       <c r="D1005">
-        <v>103.28</v>
-[...2 lines deleted...]
-    <row r="1006" spans="1:4">
+        <v>103.49</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:26">
       <c r="A1006" t="s">
         <v>1010</v>
       </c>
       <c r="B1006">
-        <v>101.09</v>
+        <v>101.08</v>
       </c>
       <c r="C1006">
-        <v>103.06</v>
+        <v>103.05</v>
       </c>
       <c r="D1006">
-        <v>103.49</v>
-[...2 lines deleted...]
-    <row r="1007" spans="1:4">
+        <v>103.48</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:26">
       <c r="A1007" t="s">
         <v>1011</v>
       </c>
       <c r="B1007">
-        <v>101.08</v>
+        <v>100.99</v>
       </c>
       <c r="C1007">
-        <v>103.05</v>
+        <v>102.96</v>
       </c>
       <c r="D1007">
-        <v>103.48</v>
-[...2 lines deleted...]
-    <row r="1008" spans="1:4">
+        <v>103.39</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:26">
       <c r="A1008" t="s">
         <v>1012</v>
       </c>
       <c r="B1008">
-        <v>100.99</v>
+        <v>101.01</v>
       </c>
       <c r="C1008">
-        <v>102.96</v>
+        <v>102.98</v>
       </c>
       <c r="D1008">
-        <v>103.39</v>
-[...2 lines deleted...]
-    <row r="1009" spans="1:4">
+        <v>103.41</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:26">
       <c r="A1009" t="s">
         <v>1013</v>
       </c>
       <c r="B1009">
-        <v>101.01</v>
+        <v>100.93</v>
       </c>
       <c r="C1009">
-        <v>102.98</v>
+        <v>102.87</v>
       </c>
       <c r="D1009">
-        <v>103.41</v>
-[...2 lines deleted...]
-    <row r="1010" spans="1:4">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:26">
       <c r="A1010" t="s">
         <v>1014</v>
       </c>
       <c r="B1010">
-        <v>100.93</v>
+        <v>101.01</v>
       </c>
       <c r="C1010">
-        <v>102.87</v>
+        <v>102.95</v>
       </c>
       <c r="D1010">
-        <v>103.3</v>
-[...2 lines deleted...]
-    <row r="1011" spans="1:4">
+        <v>103.39</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:26">
       <c r="A1011" t="s">
         <v>1015</v>
       </c>
       <c r="B1011">
-        <v>101.01</v>
+        <v>101.13</v>
       </c>
       <c r="C1011">
-        <v>102.95</v>
+        <v>103.11</v>
       </c>
       <c r="D1011">
-        <v>103.39</v>
-[...2 lines deleted...]
-    <row r="1012" spans="1:4">
+        <v>103.54</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:26">
       <c r="A1012" t="s">
         <v>1016</v>
       </c>
       <c r="B1012">
-        <v>101.13</v>
+        <v>101.16</v>
       </c>
       <c r="C1012">
-        <v>103.11</v>
+        <v>103.14</v>
       </c>
       <c r="D1012">
-        <v>103.54</v>
-[...2 lines deleted...]
-    <row r="1013" spans="1:4">
+        <v>103.58</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:26">
       <c r="A1013" t="s">
         <v>1017</v>
       </c>
       <c r="B1013">
-        <v>101.16</v>
+        <v>101.18</v>
       </c>
       <c r="C1013">
-        <v>103.14</v>
+        <v>103.16</v>
       </c>
       <c r="D1013">
-        <v>103.58</v>
-[...2 lines deleted...]
-    <row r="1014" spans="1:4">
+        <v>103.6</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:26">
       <c r="A1014" t="s">
         <v>1018</v>
       </c>
       <c r="B1014">
-        <v>101.18</v>
+        <v>101.19</v>
       </c>
       <c r="C1014">
-        <v>103.16</v>
+        <v>103.18</v>
       </c>
       <c r="D1014">
-        <v>103.6</v>
-[...2 lines deleted...]
-    <row r="1015" spans="1:4">
+        <v>103.62</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:26">
       <c r="A1015" t="s">
         <v>1019</v>
       </c>
       <c r="B1015">
-        <v>101.19</v>
+        <v>101.3</v>
       </c>
       <c r="C1015">
-        <v>103.18</v>
+        <v>103.29</v>
       </c>
       <c r="D1015">
-        <v>103.62</v>
-[...2 lines deleted...]
-    <row r="1016" spans="1:4">
+        <v>103.73</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:26">
       <c r="A1016" t="s">
         <v>1020</v>
       </c>
       <c r="B1016">
-        <v>101.3</v>
+        <v>101.32</v>
       </c>
       <c r="C1016">
-        <v>103.29</v>
+        <v>103.31</v>
       </c>
       <c r="D1016">
-        <v>103.73</v>
-[...2 lines deleted...]
-    <row r="1017" spans="1:4">
+        <v>103.76</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:26">
       <c r="A1017" t="s">
         <v>1021</v>
       </c>
       <c r="B1017">
-        <v>101.32</v>
+        <v>101.2</v>
       </c>
       <c r="C1017">
-        <v>103.31</v>
+        <v>103.16</v>
       </c>
       <c r="D1017">
-        <v>103.76</v>
-[...2 lines deleted...]
-    <row r="1018" spans="1:4">
+        <v>103.6</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:26">
       <c r="A1018" t="s">
         <v>1022</v>
       </c>
       <c r="B1018">
-        <v>101.2</v>
+        <v>101.27</v>
       </c>
       <c r="C1018">
-        <v>103.16</v>
+        <v>103.24</v>
       </c>
       <c r="D1018">
-        <v>103.6</v>
-[...2 lines deleted...]
-    <row r="1019" spans="1:4">
+        <v>103.68</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:26">
       <c r="A1019" t="s">
         <v>1023</v>
       </c>
       <c r="B1019">
-        <v>101.27</v>
+        <v>100.68</v>
       </c>
       <c r="C1019">
-        <v>103.24</v>
+        <v>102.56</v>
       </c>
       <c r="D1019">
-        <v>103.68</v>
-[...2 lines deleted...]
-    <row r="1020" spans="1:4">
+        <v>102.99</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:26">
       <c r="A1020" t="s">
         <v>1024</v>
       </c>
       <c r="B1020">
-        <v>100.68</v>
+        <v>100.52</v>
       </c>
       <c r="C1020">
-        <v>102.56</v>
+        <v>102.39</v>
       </c>
       <c r="D1020">
-        <v>102.99</v>
-[...2 lines deleted...]
-    <row r="1021" spans="1:4">
+        <v>102.82</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:26">
       <c r="A1021" t="s">
         <v>1025</v>
       </c>
       <c r="B1021">
-        <v>100.52</v>
+        <v>100.65</v>
       </c>
       <c r="C1021">
-        <v>102.39</v>
+        <v>102.52</v>
       </c>
       <c r="D1021">
-        <v>102.82</v>
-[...2 lines deleted...]
-    <row r="1022" spans="1:4">
+        <v>102.96</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:26">
       <c r="A1022" t="s">
         <v>1026</v>
       </c>
       <c r="B1022">
-        <v>100.65</v>
+        <v>100.77</v>
       </c>
       <c r="C1022">
-        <v>102.52</v>
+        <v>102.65</v>
       </c>
       <c r="D1022">
-        <v>102.96</v>
-[...2 lines deleted...]
-    <row r="1023" spans="1:4">
+        <v>103.09</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:26">
       <c r="A1023" t="s">
         <v>1027</v>
       </c>
       <c r="B1023">
-        <v>100.77</v>
+        <v>100.65</v>
       </c>
       <c r="C1023">
-        <v>102.65</v>
+        <v>102.52</v>
       </c>
       <c r="D1023">
-        <v>103.09</v>
-[...2 lines deleted...]
-    <row r="1024" spans="1:4">
+        <v>102.96</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:26">
       <c r="A1024" t="s">
         <v>1028</v>
       </c>
       <c r="B1024">
-        <v>100.65</v>
+        <v>100.58</v>
       </c>
       <c r="C1024">
-        <v>102.52</v>
+        <v>102.46</v>
       </c>
       <c r="D1024">
-        <v>102.96</v>
-[...2 lines deleted...]
-    <row r="1025" spans="1:4">
+        <v>102.9</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:26">
       <c r="A1025" t="s">
         <v>1029</v>
       </c>
       <c r="B1025">
-        <v>100.58</v>
+        <v>100.55</v>
       </c>
       <c r="C1025">
-        <v>102.46</v>
+        <v>102.43</v>
       </c>
       <c r="D1025">
-        <v>102.9</v>
-[...2 lines deleted...]
-    <row r="1026" spans="1:4">
+        <v>102.86</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:26">
       <c r="A1026" t="s">
         <v>1030</v>
       </c>
       <c r="B1026">
-        <v>100.55</v>
+        <v>100.53</v>
       </c>
       <c r="C1026">
-        <v>102.43</v>
+        <v>102.41</v>
       </c>
       <c r="D1026">
-        <v>102.86</v>
-[...2 lines deleted...]
-    <row r="1027" spans="1:4">
+        <v>102.85</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:26">
       <c r="A1027" t="s">
         <v>1031</v>
       </c>
       <c r="B1027">
-        <v>100.53</v>
+        <v>100.67</v>
       </c>
       <c r="C1027">
-        <v>102.41</v>
+        <v>102.55</v>
       </c>
       <c r="D1027">
-        <v>102.85</v>
-[...2 lines deleted...]
-    <row r="1028" spans="1:4">
+        <v>102.99</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:26">
       <c r="A1028" t="s">
         <v>1032</v>
       </c>
       <c r="B1028">
-        <v>100.67</v>
+        <v>100.71</v>
       </c>
       <c r="C1028">
-        <v>102.55</v>
+        <v>102.6</v>
       </c>
       <c r="D1028">
-        <v>102.99</v>
-[...2 lines deleted...]
-    <row r="1029" spans="1:4">
+        <v>103.04</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:26">
       <c r="A1029" t="s">
         <v>1033</v>
       </c>
       <c r="B1029">
-        <v>100.71</v>
+        <v>100.72</v>
       </c>
       <c r="C1029">
         <v>102.6</v>
       </c>
       <c r="D1029">
         <v>103.04</v>
       </c>
     </row>
-    <row r="1030" spans="1:4">
+    <row r="1030" spans="1:26">
       <c r="A1030" t="s">
         <v>1034</v>
       </c>
       <c r="B1030">
-        <v>100.72</v>
+        <v>100.82</v>
       </c>
       <c r="C1030">
-        <v>102.6</v>
+        <v>102.71</v>
       </c>
       <c r="D1030">
-        <v>103.04</v>
-[...2 lines deleted...]
-    <row r="1031" spans="1:4">
+        <v>103.15</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:26">
       <c r="A1031" t="s">
         <v>1035</v>
       </c>
       <c r="B1031">
-        <v>100.82</v>
+        <v>100.92</v>
       </c>
       <c r="C1031">
-        <v>102.71</v>
+        <v>102.82</v>
       </c>
       <c r="D1031">
-        <v>103.15</v>
-[...2 lines deleted...]
-    <row r="1032" spans="1:4">
+        <v>103.26</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:26">
       <c r="A1032" t="s">
         <v>1036</v>
       </c>
       <c r="B1032">
-        <v>100.92</v>
+        <v>100.91</v>
       </c>
       <c r="C1032">
-        <v>102.82</v>
+        <v>102.8</v>
       </c>
       <c r="D1032">
-        <v>103.26</v>
-[...2 lines deleted...]
-    <row r="1033" spans="1:4">
+        <v>103.25</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:26">
       <c r="A1033" t="s">
         <v>1037</v>
       </c>
       <c r="B1033">
-        <v>100.91</v>
+        <v>100.86</v>
       </c>
       <c r="C1033">
-        <v>102.8</v>
+        <v>102.76</v>
       </c>
       <c r="D1033">
-        <v>103.25</v>
-[...2 lines deleted...]
-    <row r="1034" spans="1:4">
+        <v>103.2</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:26">
       <c r="A1034" t="s">
         <v>1038</v>
       </c>
       <c r="B1034">
-        <v>100.86</v>
+        <v>100.9</v>
       </c>
       <c r="C1034">
-        <v>102.76</v>
+        <v>102.8</v>
       </c>
       <c r="D1034">
-        <v>103.2</v>
-[...2 lines deleted...]
-    <row r="1035" spans="1:4">
+        <v>103.25</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:26">
       <c r="A1035" t="s">
         <v>1039</v>
       </c>
       <c r="B1035">
-        <v>100.9</v>
+        <v>101.0</v>
       </c>
       <c r="C1035">
-        <v>102.8</v>
+        <v>102.9</v>
       </c>
       <c r="D1035">
-        <v>103.25</v>
-[...2 lines deleted...]
-    <row r="1036" spans="1:4">
+        <v>103.34</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:26">
       <c r="A1036" t="s">
         <v>1040</v>
       </c>
       <c r="B1036">
-        <v>101</v>
+        <v>101.12</v>
       </c>
       <c r="C1036">
-        <v>102.9</v>
+        <v>103.02</v>
       </c>
       <c r="D1036">
-        <v>103.34</v>
-[...2 lines deleted...]
-    <row r="1037" spans="1:4">
+        <v>103.47</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:26">
       <c r="A1037" t="s">
         <v>1041</v>
       </c>
       <c r="B1037">
-        <v>101.12</v>
+        <v>100.98</v>
       </c>
       <c r="C1037">
-        <v>103.02</v>
+        <v>102.89</v>
       </c>
       <c r="D1037">
-        <v>103.47</v>
-[...2 lines deleted...]
-    <row r="1038" spans="1:4">
+        <v>103.33</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:26">
       <c r="A1038" t="s">
         <v>1042</v>
       </c>
       <c r="B1038">
-        <v>100.98</v>
+        <v>101.13</v>
       </c>
       <c r="C1038">
-        <v>102.89</v>
+        <v>103.04</v>
       </c>
       <c r="D1038">
-        <v>103.33</v>
-[...2 lines deleted...]
-    <row r="1039" spans="1:4">
+        <v>103.49</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:26">
       <c r="A1039" t="s">
         <v>1043</v>
       </c>
       <c r="B1039">
-        <v>101.13</v>
+        <v>101.09</v>
       </c>
       <c r="C1039">
-        <v>103.04</v>
+        <v>103.0</v>
       </c>
       <c r="D1039">
-        <v>103.49</v>
-[...2 lines deleted...]
-    <row r="1040" spans="1:4">
+        <v>103.45</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:26">
       <c r="A1040" t="s">
         <v>1044</v>
       </c>
       <c r="B1040">
-        <v>101.09</v>
+        <v>101.21</v>
       </c>
       <c r="C1040">
-        <v>103</v>
+        <v>103.13</v>
       </c>
       <c r="D1040">
-        <v>103.45</v>
-[...2 lines deleted...]
-    <row r="1041" spans="1:4">
+        <v>103.57</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:26">
       <c r="A1041" t="s">
         <v>1045</v>
       </c>
       <c r="B1041">
-        <v>101.21</v>
+        <v>100.96</v>
       </c>
       <c r="C1041">
-        <v>103.13</v>
+        <v>102.88</v>
       </c>
       <c r="D1041">
-        <v>103.57</v>
-[...2 lines deleted...]
-    <row r="1042" spans="1:4">
+        <v>103.32</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:26">
       <c r="A1042" t="s">
         <v>1046</v>
       </c>
       <c r="B1042">
-        <v>100.96</v>
+        <v>100.67</v>
       </c>
       <c r="C1042">
-        <v>102.88</v>
+        <v>102.58</v>
       </c>
       <c r="D1042">
-        <v>103.32</v>
-[...2 lines deleted...]
-    <row r="1043" spans="1:4">
+        <v>103.02</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:26">
       <c r="A1043" t="s">
         <v>1047</v>
       </c>
       <c r="B1043">
-        <v>100.67</v>
+        <v>100.91</v>
       </c>
       <c r="C1043">
-        <v>102.58</v>
+        <v>102.83</v>
       </c>
       <c r="D1043">
-        <v>103.02</v>
-[...2 lines deleted...]
-    <row r="1044" spans="1:4">
+        <v>103.27</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:26">
       <c r="A1044" t="s">
         <v>1048</v>
       </c>
       <c r="B1044">
-        <v>100.91</v>
+        <v>100.7</v>
       </c>
       <c r="C1044">
-        <v>102.83</v>
+        <v>102.61</v>
       </c>
       <c r="D1044">
-        <v>103.27</v>
-[...2 lines deleted...]
-    <row r="1045" spans="1:4">
+        <v>103.05</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:26">
       <c r="A1045" t="s">
         <v>1049</v>
       </c>
       <c r="B1045">
-        <v>100.7</v>
+        <v>101.12</v>
       </c>
       <c r="C1045">
-        <v>102.61</v>
+        <v>103.05</v>
       </c>
       <c r="D1045">
-        <v>103.05</v>
-[...2 lines deleted...]
-    <row r="1046" spans="1:4">
+        <v>103.49</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:26">
       <c r="A1046" t="s">
         <v>1050</v>
       </c>
       <c r="B1046">
-        <v>101.12</v>
+        <v>100.99</v>
       </c>
       <c r="C1046">
-        <v>103.05</v>
+        <v>102.91</v>
       </c>
       <c r="D1046">
-        <v>103.49</v>
-[...2 lines deleted...]
-    <row r="1047" spans="1:4">
+        <v>103.36</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:26">
       <c r="A1047" t="s">
         <v>1051</v>
       </c>
       <c r="B1047">
-        <v>100.99</v>
+        <v>101.2</v>
       </c>
       <c r="C1047">
-        <v>102.91</v>
+        <v>103.13</v>
       </c>
       <c r="D1047">
-        <v>103.36</v>
-[...2 lines deleted...]
-    <row r="1048" spans="1:4">
+        <v>103.58</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:26">
       <c r="A1048" t="s">
         <v>1052</v>
       </c>
       <c r="B1048">
-        <v>101.2</v>
+        <v>101.35</v>
       </c>
       <c r="C1048">
-        <v>103.13</v>
+        <v>103.28</v>
       </c>
       <c r="D1048">
-        <v>103.58</v>
-[...2 lines deleted...]
-    <row r="1049" spans="1:4">
+        <v>103.73</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:26">
       <c r="A1049" t="s">
         <v>1053</v>
       </c>
       <c r="B1049">
-        <v>101.35</v>
+        <v>101.52</v>
       </c>
       <c r="C1049">
-        <v>103.28</v>
+        <v>103.45</v>
       </c>
       <c r="D1049">
-        <v>103.73</v>
-[...2 lines deleted...]
-    <row r="1050" spans="1:4">
+        <v>103.9</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:26">
       <c r="A1050" t="s">
         <v>1054</v>
       </c>
       <c r="B1050">
-        <v>101.52</v>
+        <v>101.79</v>
       </c>
       <c r="C1050">
-        <v>103.45</v>
+        <v>103.74</v>
       </c>
       <c r="D1050">
-        <v>103.9</v>
-[...2 lines deleted...]
-    <row r="1051" spans="1:4">
+        <v>104.19</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:26">
       <c r="A1051" t="s">
         <v>1055</v>
       </c>
       <c r="B1051">
-        <v>101.79</v>
+        <v>101.86</v>
       </c>
       <c r="C1051">
-        <v>103.74</v>
+        <v>103.82</v>
       </c>
       <c r="D1051">
-        <v>104.19</v>
-[...2 lines deleted...]
-    <row r="1052" spans="1:4">
+        <v>104.28</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:26">
       <c r="A1052" t="s">
         <v>1056</v>
       </c>
       <c r="B1052">
-        <v>101.86</v>
+        <v>101.89</v>
       </c>
       <c r="C1052">
-        <v>103.82</v>
+        <v>103.84</v>
       </c>
       <c r="D1052">
-        <v>104.28</v>
-[...2 lines deleted...]
-    <row r="1053" spans="1:4">
+        <v>104.3</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:26">
       <c r="A1053" t="s">
         <v>1057</v>
       </c>
       <c r="B1053">
-        <v>101.89</v>
+        <v>102.06</v>
       </c>
       <c r="C1053">
-        <v>103.84</v>
+        <v>104.03</v>
       </c>
       <c r="D1053">
-        <v>104.3</v>
-[...2 lines deleted...]
-    <row r="1054" spans="1:4">
+        <v>104.48</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:26">
       <c r="A1054" t="s">
         <v>1058</v>
       </c>
       <c r="B1054">
-        <v>102.06</v>
+        <v>102.02</v>
       </c>
       <c r="C1054">
-        <v>104.03</v>
+        <v>103.98</v>
       </c>
       <c r="D1054">
-        <v>104.48</v>
-[...2 lines deleted...]
-    <row r="1055" spans="1:4">
+        <v>104.43</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:26">
       <c r="A1055" t="s">
         <v>1059</v>
       </c>
       <c r="B1055">
-        <v>102.02</v>
+        <v>101.98</v>
       </c>
       <c r="C1055">
-        <v>103.98</v>
+        <v>103.93</v>
       </c>
       <c r="D1055">
-        <v>104.43</v>
-[...2 lines deleted...]
-    <row r="1056" spans="1:4">
+        <v>104.39</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:26">
       <c r="A1056" t="s">
         <v>1060</v>
       </c>
       <c r="B1056">
-        <v>101.98</v>
+        <v>101.96</v>
       </c>
       <c r="C1056">
-        <v>103.93</v>
+        <v>103.92</v>
       </c>
       <c r="D1056">
-        <v>104.39</v>
-[...2 lines deleted...]
-    <row r="1057" spans="1:4">
+        <v>104.38</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:26">
       <c r="A1057" t="s">
         <v>1061</v>
       </c>
       <c r="B1057">
-        <v>101.96</v>
+        <v>102.0</v>
       </c>
       <c r="C1057">
-        <v>103.92</v>
+        <v>103.96</v>
       </c>
       <c r="D1057">
-        <v>104.38</v>
-[...2 lines deleted...]
-    <row r="1058" spans="1:4">
+        <v>104.42</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:26">
       <c r="A1058" t="s">
         <v>1062</v>
       </c>
       <c r="B1058">
-        <v>102</v>
+        <v>101.83</v>
       </c>
       <c r="C1058">
-        <v>103.96</v>
+        <v>103.79</v>
       </c>
       <c r="D1058">
-        <v>104.42</v>
-[...2 lines deleted...]
-    <row r="1059" spans="1:4">
+        <v>104.25</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:26">
       <c r="A1059" t="s">
         <v>1063</v>
       </c>
       <c r="B1059">
-        <v>102</v>
+        <v>101.87</v>
       </c>
       <c r="C1059">
-        <v>103.96</v>
+        <v>103.83</v>
       </c>
       <c r="D1059">
-        <v>104.42</v>
-[...2 lines deleted...]
-    <row r="1060" spans="1:4">
+        <v>104.29</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:26">
       <c r="A1060" t="s">
         <v>1064</v>
       </c>
       <c r="B1060">
-        <v>101.83</v>
+        <v>101.9</v>
       </c>
       <c r="C1060">
-        <v>103.79</v>
+        <v>103.86</v>
       </c>
       <c r="D1060">
-        <v>104.25</v>
-[...2 lines deleted...]
-    <row r="1061" spans="1:4">
+        <v>104.32</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:26">
       <c r="A1061" t="s">
         <v>1065</v>
       </c>
       <c r="B1061">
-        <v>101.83</v>
+        <v>102.04</v>
       </c>
       <c r="C1061">
-        <v>103.79</v>
+        <v>104.01</v>
       </c>
       <c r="D1061">
-        <v>104.25</v>
-[...2 lines deleted...]
-    <row r="1062" spans="1:4">
+        <v>104.47</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:26">
       <c r="A1062" t="s">
         <v>1066</v>
       </c>
       <c r="B1062">
-        <v>101.83</v>
+        <v>101.97</v>
       </c>
       <c r="C1062">
-        <v>103.79</v>
+        <v>103.94</v>
       </c>
       <c r="D1062">
-        <v>104.25</v>
-[...2 lines deleted...]
-    <row r="1063" spans="1:4">
+        <v>104.41</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:26">
       <c r="A1063" t="s">
         <v>1067</v>
       </c>
       <c r="B1063">
-        <v>101.87</v>
+        <v>101.81</v>
       </c>
       <c r="C1063">
-        <v>103.83</v>
+        <v>103.78</v>
       </c>
       <c r="D1063">
-        <v>104.29</v>
-[...2 lines deleted...]
-    <row r="1064" spans="1:4">
+        <v>104.24</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:26">
       <c r="A1064" t="s">
         <v>1068</v>
       </c>
       <c r="B1064">
-        <v>101.9</v>
+        <v>101.8</v>
       </c>
       <c r="C1064">
-        <v>103.86</v>
+        <v>103.77</v>
       </c>
       <c r="D1064">
-        <v>104.32</v>
-[...2 lines deleted...]
-    <row r="1065" spans="1:4">
+        <v>104.23</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:26">
       <c r="A1065" t="s">
         <v>1069</v>
       </c>
       <c r="B1065">
-        <v>102.04</v>
+        <v>101.75</v>
       </c>
       <c r="C1065">
-        <v>104.01</v>
+        <v>103.73</v>
       </c>
       <c r="D1065">
-        <v>104.47</v>
-[...2 lines deleted...]
-    <row r="1066" spans="1:4">
+        <v>104.19</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:26">
       <c r="A1066" t="s">
         <v>1070</v>
       </c>
       <c r="B1066">
-        <v>102.04</v>
+        <v>101.92</v>
       </c>
       <c r="C1066">
-        <v>104.01</v>
+        <v>103.89</v>
       </c>
       <c r="D1066">
-        <v>104.47</v>
-[...2 lines deleted...]
-    <row r="1067" spans="1:4">
+        <v>104.36</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:26">
       <c r="A1067" t="s">
         <v>1071</v>
       </c>
       <c r="B1067">
-        <v>101.97</v>
+        <v>102.04</v>
       </c>
       <c r="C1067">
-        <v>103.94</v>
+        <v>104.02</v>
       </c>
       <c r="D1067">
-        <v>104.41</v>
-[...2 lines deleted...]
-    <row r="1068" spans="1:4">
+        <v>104.48</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:26">
       <c r="A1068" t="s">
         <v>1072</v>
       </c>
       <c r="B1068">
-        <v>101.97</v>
+        <v>102.06</v>
       </c>
       <c r="C1068">
-        <v>103.94</v>
+        <v>104.04</v>
       </c>
       <c r="D1068">
-        <v>104.41</v>
-[...2 lines deleted...]
-    <row r="1069" spans="1:4">
+        <v>104.51</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:26">
       <c r="A1069" t="s">
         <v>1073</v>
       </c>
       <c r="B1069">
-        <v>101.97</v>
+        <v>102.05</v>
       </c>
       <c r="C1069">
-        <v>103.94</v>
+        <v>104.04</v>
       </c>
       <c r="D1069">
-        <v>104.41</v>
-[...2 lines deleted...]
-    <row r="1070" spans="1:4">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:26">
       <c r="A1070" t="s">
         <v>1074</v>
       </c>
       <c r="B1070">
-        <v>101.81</v>
+        <v>101.97</v>
       </c>
       <c r="C1070">
-        <v>103.78</v>
+        <v>103.96</v>
       </c>
       <c r="D1070">
-        <v>104.24</v>
-[...2 lines deleted...]
-    <row r="1071" spans="1:4">
+        <v>104.42</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:26">
       <c r="A1071" t="s">
         <v>1075</v>
       </c>
       <c r="B1071">
-        <v>101.8</v>
+        <v>102.03</v>
       </c>
       <c r="C1071">
-        <v>103.77</v>
+        <v>104.02</v>
       </c>
       <c r="D1071">
-        <v>104.23</v>
-[...2 lines deleted...]
-    <row r="1072" spans="1:4">
+        <v>104.49</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:26">
       <c r="A1072" t="s">
         <v>1076</v>
       </c>
       <c r="B1072">
-        <v>101.75</v>
+        <v>102.23</v>
       </c>
       <c r="C1072">
-        <v>103.73</v>
+        <v>104.22</v>
       </c>
       <c r="D1072">
-        <v>104.19</v>
-[...2 lines deleted...]
-    <row r="1073" spans="1:4">
+        <v>104.69</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:26">
       <c r="A1073" t="s">
         <v>1077</v>
       </c>
       <c r="B1073">
-        <v>101.92</v>
+        <v>102.2</v>
       </c>
       <c r="C1073">
-        <v>103.89</v>
+        <v>104.2</v>
       </c>
       <c r="D1073">
-        <v>104.36</v>
-[...2 lines deleted...]
-    <row r="1074" spans="1:4">
+        <v>104.67</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:26">
       <c r="A1074" t="s">
         <v>1078</v>
       </c>
       <c r="B1074">
-        <v>102.04</v>
+        <v>102.27</v>
       </c>
       <c r="C1074">
-        <v>104.02</v>
+        <v>104.26</v>
       </c>
       <c r="D1074">
-        <v>104.48</v>
-[...2 lines deleted...]
-    <row r="1075" spans="1:4">
+        <v>104.74</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:26">
       <c r="A1075" t="s">
         <v>1079</v>
       </c>
       <c r="B1075">
-        <v>102.04</v>
+        <v>102.28</v>
       </c>
       <c r="C1075">
-        <v>104.02</v>
+        <v>104.28</v>
       </c>
       <c r="D1075">
-        <v>104.48</v>
-[...2 lines deleted...]
-    <row r="1076" spans="1:4">
+        <v>104.75</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:26">
       <c r="A1076" t="s">
         <v>1080</v>
       </c>
       <c r="B1076">
-        <v>102.04</v>
+        <v>102.47</v>
       </c>
       <c r="C1076">
-        <v>104.02</v>
+        <v>104.47</v>
       </c>
       <c r="D1076">
-        <v>104.48</v>
-[...2 lines deleted...]
-    <row r="1077" spans="1:4">
+        <v>104.95</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:26">
       <c r="A1077" t="s">
         <v>1081</v>
       </c>
       <c r="B1077">
-        <v>102.06</v>
+        <v>102.44</v>
       </c>
       <c r="C1077">
-        <v>104.04</v>
+        <v>104.45</v>
       </c>
       <c r="D1077">
-        <v>104.51</v>
-[...2 lines deleted...]
-    <row r="1078" spans="1:4">
+        <v>104.92</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:26">
       <c r="A1078" t="s">
         <v>1082</v>
       </c>
       <c r="B1078">
-        <v>102.05</v>
+        <v>102.47</v>
       </c>
       <c r="C1078">
-        <v>104.04</v>
+        <v>104.49</v>
       </c>
       <c r="D1078">
-        <v>104.5</v>
-[...2 lines deleted...]
-    <row r="1079" spans="1:4">
+        <v>104.97</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:26">
       <c r="A1079" t="s">
         <v>1083</v>
       </c>
       <c r="B1079">
-        <v>101.97</v>
+        <v>102.49</v>
       </c>
       <c r="C1079">
-        <v>103.96</v>
+        <v>104.5</v>
       </c>
       <c r="D1079">
-        <v>104.42</v>
-[...2 lines deleted...]
-    <row r="1080" spans="1:4">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:26">
       <c r="A1080" t="s">
         <v>1084</v>
       </c>
       <c r="B1080">
-        <v>102.03</v>
+        <v>102.38</v>
       </c>
       <c r="C1080">
-        <v>104.02</v>
+        <v>104.39</v>
       </c>
       <c r="D1080">
-        <v>104.49</v>
-[...2 lines deleted...]
-    <row r="1081" spans="1:4">
+        <v>104.86</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:26">
       <c r="A1081" t="s">
         <v>1085</v>
       </c>
       <c r="B1081">
-        <v>102.23</v>
+        <v>102.41</v>
       </c>
       <c r="C1081">
-        <v>104.22</v>
+        <v>104.42</v>
       </c>
       <c r="D1081">
-        <v>104.69</v>
-[...2 lines deleted...]
-    <row r="1082" spans="1:4">
+        <v>104.89</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:26">
       <c r="A1082" t="s">
         <v>1086</v>
       </c>
       <c r="B1082">
-        <v>102.23</v>
+        <v>102.58</v>
       </c>
       <c r="C1082">
-        <v>104.22</v>
+        <v>104.6</v>
       </c>
       <c r="D1082">
-        <v>104.69</v>
-[...2 lines deleted...]
-    <row r="1083" spans="1:4">
+        <v>105.08</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:26">
       <c r="A1083" t="s">
         <v>1087</v>
       </c>
       <c r="B1083">
-        <v>102.23</v>
+        <v>102.62</v>
       </c>
       <c r="C1083">
-        <v>104.22</v>
+        <v>104.64</v>
       </c>
       <c r="D1083">
-        <v>104.69</v>
-[...2 lines deleted...]
-    <row r="1084" spans="1:4">
+        <v>105.12</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:26">
       <c r="A1084" t="s">
         <v>1088</v>
       </c>
       <c r="B1084">
-        <v>102.2</v>
+        <v>102.73</v>
       </c>
       <c r="C1084">
-        <v>104.2</v>
+        <v>104.76</v>
       </c>
       <c r="D1084">
-        <v>104.67</v>
-[...2 lines deleted...]
-    <row r="1085" spans="1:4">
+        <v>105.24</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:26">
       <c r="A1085" t="s">
         <v>1089</v>
       </c>
       <c r="B1085">
-        <v>102.27</v>
+        <v>102.63</v>
       </c>
       <c r="C1085">
-        <v>104.26</v>
+        <v>104.65</v>
       </c>
       <c r="D1085">
-        <v>104.74</v>
-[...2 lines deleted...]
-    <row r="1086" spans="1:4">
+        <v>105.13</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:26">
       <c r="A1086" t="s">
         <v>1090</v>
       </c>
       <c r="B1086">
-        <v>102.28</v>
+        <v>102.68</v>
       </c>
       <c r="C1086">
-        <v>104.28</v>
+        <v>104.7</v>
       </c>
       <c r="D1086">
-        <v>104.75</v>
-[...2 lines deleted...]
-    <row r="1087" spans="1:4">
+        <v>105.18</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:26">
       <c r="A1087" t="s">
         <v>1091</v>
       </c>
       <c r="B1087">
-        <v>102.28</v>
+        <v>102.66</v>
       </c>
       <c r="C1087">
-        <v>104.28</v>
+        <v>104.69</v>
       </c>
       <c r="D1087">
-        <v>104.75</v>
-[...2 lines deleted...]
-    <row r="1088" spans="1:4">
+        <v>105.17</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:26">
       <c r="A1088" t="s">
         <v>1092</v>
       </c>
       <c r="B1088">
-        <v>102.47</v>
+        <v>102.73</v>
       </c>
       <c r="C1088">
-        <v>104.47</v>
+        <v>104.76</v>
       </c>
       <c r="D1088">
-        <v>104.95</v>
-[...2 lines deleted...]
-    <row r="1089" spans="1:4">
+        <v>105.24</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:26">
       <c r="A1089" t="s">
         <v>1093</v>
       </c>
       <c r="B1089">
-        <v>102.44</v>
+        <v>102.74</v>
       </c>
       <c r="C1089">
-        <v>104.45</v>
+        <v>104.78</v>
       </c>
       <c r="D1089">
-        <v>104.92</v>
-[...2 lines deleted...]
-    <row r="1090" spans="1:4">
+        <v>105.26</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:26">
       <c r="A1090" t="s">
         <v>1094</v>
       </c>
       <c r="B1090">
-        <v>102.47</v>
+        <v>102.73</v>
       </c>
       <c r="C1090">
-        <v>104.49</v>
+        <v>104.76</v>
       </c>
       <c r="D1090">
-        <v>104.97</v>
-[...2 lines deleted...]
-    <row r="1091" spans="1:4">
+        <v>105.24</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:26">
       <c r="A1091" t="s">
         <v>1095</v>
       </c>
       <c r="B1091">
-        <v>102.49</v>
+        <v>102.74</v>
       </c>
       <c r="C1091">
-        <v>104.5</v>
+        <v>104.77</v>
       </c>
       <c r="D1091">
-        <v>104.98</v>
-[...2 lines deleted...]
-    <row r="1092" spans="1:4">
+        <v>105.25</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:26">
       <c r="A1092" t="s">
         <v>1096</v>
       </c>
       <c r="B1092">
-        <v>102.38</v>
+        <v>102.73</v>
       </c>
       <c r="C1092">
-        <v>104.39</v>
+        <v>104.77</v>
       </c>
       <c r="D1092">
-        <v>104.86</v>
-[...2 lines deleted...]
-    <row r="1093" spans="1:4">
+        <v>105.26</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:26">
       <c r="A1093" t="s">
         <v>1097</v>
       </c>
       <c r="B1093">
-        <v>102.41</v>
+        <v>102.74</v>
       </c>
       <c r="C1093">
-        <v>104.42</v>
+        <v>104.78</v>
       </c>
       <c r="D1093">
-        <v>104.89</v>
-[...2 lines deleted...]
-    <row r="1094" spans="1:4">
+        <v>105.26</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:26">
       <c r="A1094" t="s">
         <v>1098</v>
       </c>
       <c r="B1094">
-        <v>102.58</v>
+        <v>102.78</v>
       </c>
       <c r="C1094">
-        <v>104.6</v>
+        <v>104.82</v>
       </c>
       <c r="D1094">
-        <v>105.08</v>
-[...2 lines deleted...]
-    <row r="1095" spans="1:4">
+        <v>105.3</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:26">
       <c r="A1095" t="s">
         <v>1099</v>
       </c>
       <c r="B1095">
-        <v>102.62</v>
+        <v>102.7</v>
       </c>
       <c r="C1095">
-        <v>104.64</v>
+        <v>104.74</v>
       </c>
       <c r="D1095">
-        <v>105.12</v>
-[...2 lines deleted...]
-    <row r="1096" spans="1:4">
+        <v>105.23</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:26">
       <c r="A1096" t="s">
         <v>1100</v>
       </c>
       <c r="B1096">
         <v>102.73</v>
       </c>
       <c r="C1096">
-        <v>104.76</v>
+        <v>104.78</v>
       </c>
       <c r="D1096">
-        <v>105.24</v>
-[...2 lines deleted...]
-    <row r="1097" spans="1:4">
+        <v>105.26</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:26">
       <c r="A1097" t="s">
         <v>1101</v>
       </c>
       <c r="B1097">
-        <v>102.63</v>
+        <v>102.83</v>
       </c>
       <c r="C1097">
-        <v>104.65</v>
+        <v>104.89</v>
       </c>
       <c r="D1097">
-        <v>105.13</v>
-[...2 lines deleted...]
-    <row r="1098" spans="1:4">
+        <v>105.38</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:26">
       <c r="A1098" t="s">
         <v>1102</v>
       </c>
       <c r="B1098">
-        <v>102.68</v>
+        <v>102.85</v>
       </c>
       <c r="C1098">
-        <v>104.7</v>
+        <v>104.9</v>
       </c>
       <c r="D1098">
-        <v>105.18</v>
-[...2 lines deleted...]
-    <row r="1099" spans="1:4">
+        <v>105.39</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:26">
       <c r="A1099" t="s">
         <v>1103</v>
       </c>
       <c r="B1099">
-        <v>102.66</v>
+        <v>102.97</v>
       </c>
       <c r="C1099">
-        <v>104.69</v>
+        <v>105.04</v>
       </c>
       <c r="D1099">
-        <v>105.17</v>
-[...2 lines deleted...]
-    <row r="1100" spans="1:4">
+        <v>105.53</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:26">
       <c r="A1100" t="s">
         <v>1104</v>
       </c>
       <c r="B1100">
-        <v>102.73</v>
+        <v>103.05</v>
       </c>
       <c r="C1100">
-        <v>104.76</v>
+        <v>105.13</v>
       </c>
       <c r="D1100">
-        <v>105.24</v>
-[...2 lines deleted...]
-    <row r="1101" spans="1:4">
+        <v>105.62</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:26">
       <c r="A1101" t="s">
         <v>1105</v>
       </c>
       <c r="B1101">
-        <v>102.74</v>
+        <v>103.0</v>
       </c>
       <c r="C1101">
-        <v>104.78</v>
+        <v>105.08</v>
       </c>
       <c r="D1101">
-        <v>105.26</v>
-[...2 lines deleted...]
-    <row r="1102" spans="1:4">
+        <v>105.57</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:26">
       <c r="A1102" t="s">
         <v>1106</v>
       </c>
       <c r="B1102">
-        <v>102.73</v>
+        <v>102.94</v>
       </c>
       <c r="C1102">
-        <v>104.76</v>
+        <v>105.0</v>
       </c>
       <c r="D1102">
-        <v>105.24</v>
-[...2 lines deleted...]
-    <row r="1103" spans="1:4">
+        <v>105.49</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:26">
       <c r="A1103" t="s">
         <v>1107</v>
       </c>
       <c r="B1103">
-        <v>102.74</v>
+        <v>102.98</v>
       </c>
       <c r="C1103">
-        <v>104.77</v>
+        <v>105.05</v>
       </c>
       <c r="D1103">
-        <v>105.25</v>
-[...2 lines deleted...]
-    <row r="1104" spans="1:4">
+        <v>105.54</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:26">
       <c r="A1104" t="s">
         <v>1108</v>
       </c>
       <c r="B1104">
-        <v>102.73</v>
+        <v>102.96</v>
       </c>
       <c r="C1104">
-        <v>104.77</v>
+        <v>105.02</v>
       </c>
       <c r="D1104">
-        <v>105.26</v>
-[...2 lines deleted...]
-    <row r="1105" spans="1:4">
+        <v>105.51</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:26">
       <c r="A1105" t="s">
         <v>1109</v>
       </c>
       <c r="B1105">
-        <v>102.74</v>
+        <v>102.95</v>
       </c>
       <c r="C1105">
-        <v>104.78</v>
+        <v>105.01</v>
       </c>
       <c r="D1105">
-        <v>105.26</v>
-[...2 lines deleted...]
-    <row r="1106" spans="1:4">
+        <v>105.5</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:26">
       <c r="A1106" t="s">
         <v>1110</v>
       </c>
       <c r="B1106">
-        <v>102.78</v>
+        <v>103.03</v>
       </c>
       <c r="C1106">
-        <v>104.82</v>
+        <v>105.09</v>
       </c>
       <c r="D1106">
-        <v>105.3</v>
-[...2 lines deleted...]
-    <row r="1107" spans="1:4">
+        <v>105.58</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:26">
       <c r="A1107" t="s">
         <v>1111</v>
       </c>
       <c r="B1107">
-        <v>102.7</v>
+        <v>103.09</v>
       </c>
       <c r="C1107">
-        <v>104.74</v>
+        <v>105.16</v>
       </c>
       <c r="D1107">
-        <v>105.23</v>
-[...2 lines deleted...]
-    <row r="1108" spans="1:4">
+        <v>105.65</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:26">
       <c r="A1108" t="s">
         <v>1112</v>
       </c>
       <c r="B1108">
-        <v>102.73</v>
+        <v>103.09</v>
       </c>
       <c r="C1108">
-        <v>104.78</v>
+        <v>105.16</v>
       </c>
       <c r="D1108">
-        <v>105.26</v>
-[...2 lines deleted...]
-    <row r="1109" spans="1:4">
+        <v>105.65</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:26">
       <c r="A1109" t="s">
         <v>1113</v>
       </c>
       <c r="B1109">
-        <v>102.83</v>
+        <v>103.09</v>
       </c>
       <c r="C1109">
-        <v>104.89</v>
+        <v>105.16</v>
       </c>
       <c r="D1109">
-        <v>105.38</v>
-[...2 lines deleted...]
-    <row r="1110" spans="1:4">
+        <v>105.66</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:26">
       <c r="A1110" t="s">
         <v>1114</v>
       </c>
       <c r="B1110">
-        <v>102.85</v>
+        <v>103.17</v>
       </c>
       <c r="C1110">
-        <v>104.9</v>
+        <v>105.28</v>
       </c>
       <c r="D1110">
-        <v>105.39</v>
-[...2 lines deleted...]
-    <row r="1111" spans="1:4">
+        <v>105.78</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:26">
       <c r="A1111" t="s">
         <v>1115</v>
       </c>
       <c r="B1111">
-        <v>102.97</v>
+        <v>103.22</v>
       </c>
       <c r="C1111">
-        <v>105.04</v>
+        <v>105.34</v>
       </c>
       <c r="D1111">
-        <v>105.53</v>
-[...2 lines deleted...]
-    <row r="1112" spans="1:4">
+        <v>105.84</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:26">
       <c r="A1112" t="s">
         <v>1116</v>
       </c>
       <c r="B1112">
-        <v>103.05</v>
+        <v>103.15</v>
       </c>
       <c r="C1112">
-        <v>105.13</v>
+        <v>105.29</v>
       </c>
       <c r="D1112">
-        <v>105.62</v>
-[...2 lines deleted...]
-    <row r="1113" spans="1:4">
+        <v>105.79</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:26">
       <c r="A1113" t="s">
         <v>1117</v>
       </c>
       <c r="B1113">
-        <v>103</v>
+        <v>103.05</v>
       </c>
       <c r="C1113">
-        <v>105.08</v>
+        <v>105.14</v>
       </c>
       <c r="D1113">
-        <v>105.57</v>
-[...2 lines deleted...]
-    <row r="1114" spans="1:4">
+        <v>105.64</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:26">
       <c r="A1114" t="s">
         <v>1118</v>
       </c>
       <c r="B1114">
-        <v>102.94</v>
+        <v>103.06</v>
       </c>
       <c r="C1114">
-        <v>105</v>
+        <v>105.14</v>
       </c>
       <c r="D1114">
-        <v>105.49</v>
-[...2 lines deleted...]
-    <row r="1115" spans="1:4">
+        <v>105.64</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:26">
       <c r="A1115" t="s">
         <v>1119</v>
       </c>
       <c r="B1115">
-        <v>102.98</v>
+        <v>103.16</v>
       </c>
       <c r="C1115">
-        <v>105.05</v>
+        <v>105.27</v>
       </c>
       <c r="D1115">
-        <v>105.54</v>
-[...2 lines deleted...]
-    <row r="1116" spans="1:4">
+        <v>105.76</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:26">
       <c r="A1116" t="s">
         <v>1120</v>
       </c>
       <c r="B1116">
-        <v>102.96</v>
+        <v>103.14</v>
       </c>
       <c r="C1116">
-        <v>105.02</v>
+        <v>105.25</v>
       </c>
       <c r="D1116">
-        <v>105.51</v>
-[...2 lines deleted...]
-    <row r="1117" spans="1:4">
+        <v>105.75</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:26">
       <c r="A1117" t="s">
         <v>1121</v>
       </c>
       <c r="B1117">
-        <v>102.95</v>
+        <v>103.12</v>
       </c>
       <c r="C1117">
-        <v>105.01</v>
+        <v>105.23</v>
       </c>
       <c r="D1117">
-        <v>105.5</v>
-[...2 lines deleted...]
-    <row r="1118" spans="1:4">
+        <v>105.72</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:26">
       <c r="A1118" t="s">
         <v>1122</v>
       </c>
       <c r="B1118">
-        <v>103.03</v>
+        <v>103.18</v>
       </c>
       <c r="C1118">
-        <v>105.09</v>
+        <v>105.29</v>
       </c>
       <c r="D1118">
-        <v>105.58</v>
-[...2 lines deleted...]
-    <row r="1119" spans="1:4">
+        <v>105.79</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:26">
       <c r="A1119" t="s">
         <v>1123</v>
       </c>
       <c r="B1119">
-        <v>103.09</v>
+        <v>103.28</v>
       </c>
       <c r="C1119">
-        <v>105.16</v>
+        <v>105.37</v>
       </c>
       <c r="D1119">
-        <v>105.65</v>
-[...2 lines deleted...]
-    <row r="1120" spans="1:4">
+        <v>105.87</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:26">
       <c r="A1120" t="s">
         <v>1124</v>
       </c>
       <c r="B1120">
-        <v>103.09</v>
+        <v>103.32</v>
       </c>
       <c r="C1120">
-        <v>105.16</v>
+        <v>105.43</v>
       </c>
       <c r="D1120">
-        <v>105.65</v>
-[...2 lines deleted...]
-    <row r="1121" spans="1:4">
+        <v>105.93</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:26">
       <c r="A1121" t="s">
         <v>1125</v>
       </c>
       <c r="B1121">
-        <v>103.09</v>
+        <v>103.33</v>
       </c>
       <c r="C1121">
-        <v>105.16</v>
+        <v>105.45</v>
       </c>
       <c r="D1121">
-        <v>105.66</v>
-[...2 lines deleted...]
-    <row r="1122" spans="1:4">
+        <v>105.95</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:26">
       <c r="A1122" t="s">
         <v>1126</v>
       </c>
       <c r="B1122">
-        <v>103.17</v>
+        <v>103.31</v>
       </c>
       <c r="C1122">
-        <v>105.28</v>
+        <v>105.43</v>
       </c>
       <c r="D1122">
-        <v>105.78</v>
-[...2 lines deleted...]
-    <row r="1123" spans="1:4">
+        <v>105.93</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:26">
       <c r="A1123" t="s">
         <v>1127</v>
       </c>
       <c r="B1123">
-        <v>103.22</v>
+        <v>103.33</v>
       </c>
       <c r="C1123">
-        <v>105.34</v>
+        <v>105.45</v>
       </c>
       <c r="D1123">
-        <v>105.84</v>
-[...2 lines deleted...]
-    <row r="1124" spans="1:4">
+        <v>105.95</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:26">
       <c r="A1124" t="s">
         <v>1128</v>
       </c>
       <c r="B1124">
-        <v>103.15</v>
+        <v>103.25</v>
       </c>
       <c r="C1124">
-        <v>105.29</v>
+        <v>105.35</v>
       </c>
       <c r="D1124">
-        <v>105.79</v>
-[...2 lines deleted...]
-    <row r="1125" spans="1:4">
+        <v>105.85</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:26">
       <c r="A1125" t="s">
         <v>1129</v>
       </c>
       <c r="B1125">
-        <v>103.05</v>
+        <v>103.25</v>
       </c>
       <c r="C1125">
-        <v>105.14</v>
+        <v>105.36</v>
       </c>
       <c r="D1125">
-        <v>105.64</v>
-[...2 lines deleted...]
-    <row r="1126" spans="1:4">
+        <v>105.86</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:26">
       <c r="A1126" t="s">
         <v>1130</v>
       </c>
       <c r="B1126">
-        <v>103.06</v>
+        <v>103.21</v>
       </c>
       <c r="C1126">
-        <v>105.14</v>
+        <v>105.31</v>
       </c>
       <c r="D1126">
-        <v>105.64</v>
-[...2 lines deleted...]
-    <row r="1127" spans="1:4">
+        <v>105.82</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:26">
       <c r="A1127" t="s">
         <v>1131</v>
       </c>
       <c r="B1127">
-        <v>103.16</v>
+        <v>103.32</v>
       </c>
       <c r="C1127">
-        <v>105.27</v>
+        <v>105.46</v>
       </c>
       <c r="D1127">
-        <v>105.76</v>
-[...2 lines deleted...]
-    <row r="1128" spans="1:4">
+        <v>105.96</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:26">
       <c r="A1128" t="s">
         <v>1132</v>
       </c>
       <c r="B1128">
-        <v>103.14</v>
+        <v>103.31</v>
       </c>
       <c r="C1128">
-        <v>105.25</v>
+        <v>105.43</v>
       </c>
       <c r="D1128">
-        <v>105.75</v>
-[...2 lines deleted...]
-    <row r="1129" spans="1:4">
+        <v>105.93</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:26">
       <c r="A1129" t="s">
         <v>1133</v>
       </c>
       <c r="B1129">
-        <v>103.12</v>
+        <v>103.27</v>
       </c>
       <c r="C1129">
-        <v>105.23</v>
+        <v>105.38</v>
       </c>
       <c r="D1129">
-        <v>105.72</v>
-[...2 lines deleted...]
-    <row r="1130" spans="1:4">
+        <v>105.89</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:26">
       <c r="A1130" t="s">
         <v>1134</v>
       </c>
       <c r="B1130">
-        <v>103.18</v>
+        <v>103.29</v>
       </c>
       <c r="C1130">
-        <v>105.29</v>
+        <v>105.4</v>
       </c>
       <c r="D1130">
-        <v>105.79</v>
-[...2 lines deleted...]
-    <row r="1131" spans="1:4">
+        <v>105.91</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:26">
       <c r="A1131" t="s">
         <v>1135</v>
       </c>
       <c r="B1131">
-        <v>103.28</v>
+        <v>103.33</v>
       </c>
       <c r="C1131">
-        <v>105.37</v>
+        <v>105.46</v>
       </c>
       <c r="D1131">
-        <v>105.87</v>
-[...2 lines deleted...]
-    <row r="1132" spans="1:4">
+        <v>105.97</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:26">
       <c r="A1132" t="s">
         <v>1136</v>
       </c>
       <c r="B1132">
-        <v>103.32</v>
+        <v>103.22</v>
       </c>
       <c r="C1132">
-        <v>105.43</v>
+        <v>105.33</v>
       </c>
       <c r="D1132">
-        <v>105.93</v>
-[...2 lines deleted...]
-    <row r="1133" spans="1:4">
+        <v>105.84</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:26">
       <c r="A1133" t="s">
         <v>1137</v>
       </c>
       <c r="B1133">
-        <v>103.33</v>
+        <v>103.26</v>
       </c>
       <c r="C1133">
-        <v>105.45</v>
+        <v>105.38</v>
       </c>
       <c r="D1133">
-        <v>105.95</v>
-[...2 lines deleted...]
-    <row r="1134" spans="1:4">
+        <v>105.89</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:26">
       <c r="A1134" t="s">
         <v>1138</v>
       </c>
       <c r="B1134">
-        <v>103.31</v>
+        <v>103.21</v>
       </c>
       <c r="C1134">
-        <v>105.43</v>
+        <v>105.33</v>
       </c>
       <c r="D1134">
-        <v>105.93</v>
-[...2 lines deleted...]
-    <row r="1135" spans="1:4">
+        <v>105.84</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:26">
       <c r="A1135" t="s">
         <v>1139</v>
       </c>
       <c r="B1135">
-        <v>103.33</v>
+        <v>103.31</v>
       </c>
       <c r="C1135">
-        <v>105.45</v>
+        <v>105.43</v>
       </c>
       <c r="D1135">
-        <v>105.95</v>
-[...2 lines deleted...]
-    <row r="1136" spans="1:4">
+        <v>105.94</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:26">
       <c r="A1136" t="s">
         <v>1140</v>
       </c>
       <c r="B1136">
-        <v>103.25</v>
+        <v>103.35</v>
       </c>
       <c r="C1136">
-        <v>105.35</v>
+        <v>105.48</v>
       </c>
       <c r="D1136">
-        <v>105.85</v>
-[...2 lines deleted...]
-    <row r="1137" spans="1:4">
+        <v>105.99</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:26">
       <c r="A1137" t="s">
         <v>1141</v>
       </c>
       <c r="B1137">
-        <v>103.25</v>
+        <v>103.33</v>
       </c>
       <c r="C1137">
-        <v>105.36</v>
+        <v>105.45</v>
       </c>
       <c r="D1137">
-        <v>105.86</v>
-[...2 lines deleted...]
-    <row r="1138" spans="1:4">
+        <v>105.96</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:26">
       <c r="A1138" t="s">
         <v>1142</v>
       </c>
       <c r="B1138">
-        <v>103.21</v>
+        <v>103.31</v>
       </c>
       <c r="C1138">
-        <v>105.31</v>
+        <v>105.43</v>
       </c>
       <c r="D1138">
-        <v>105.82</v>
-[...2 lines deleted...]
-    <row r="1139" spans="1:4">
+        <v>105.94</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:26">
       <c r="A1139" t="s">
         <v>1143</v>
       </c>
       <c r="B1139">
-        <v>103.32</v>
+        <v>103.24</v>
       </c>
       <c r="C1139">
-        <v>105.46</v>
+        <v>105.37</v>
       </c>
       <c r="D1139">
-        <v>105.96</v>
-[...2 lines deleted...]
-    <row r="1140" spans="1:4">
+        <v>105.88</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:26">
       <c r="A1140" t="s">
         <v>1144</v>
       </c>
       <c r="B1140">
-        <v>103.31</v>
+        <v>103.17</v>
       </c>
       <c r="C1140">
-        <v>105.43</v>
+        <v>105.3</v>
       </c>
       <c r="D1140">
-        <v>105.93</v>
-[...2 lines deleted...]
-    <row r="1141" spans="1:4">
+        <v>105.81</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:26">
       <c r="A1141" t="s">
         <v>1145</v>
       </c>
       <c r="B1141">
-        <v>103.27</v>
+        <v>103.21</v>
       </c>
       <c r="C1141">
-        <v>105.38</v>
+        <v>105.34</v>
       </c>
       <c r="D1141">
-        <v>105.89</v>
-[...2 lines deleted...]
-    <row r="1142" spans="1:4">
+        <v>105.85</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:26">
       <c r="A1142" t="s">
         <v>1146</v>
       </c>
       <c r="B1142">
-        <v>103.29</v>
+        <v>103.28</v>
       </c>
       <c r="C1142">
-        <v>105.4</v>
+        <v>105.41</v>
       </c>
       <c r="D1142">
-        <v>105.91</v>
-[...2 lines deleted...]
-    <row r="1143" spans="1:4">
+        <v>105.92</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:26">
       <c r="A1143" t="s">
         <v>1147</v>
       </c>
       <c r="B1143">
-        <v>103.33</v>
+        <v>103.42</v>
       </c>
       <c r="C1143">
-        <v>105.46</v>
+        <v>105.57</v>
       </c>
       <c r="D1143">
-        <v>105.97</v>
-[...2 lines deleted...]
-    <row r="1144" spans="1:4">
+        <v>106.09</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:26">
       <c r="A1144" t="s">
         <v>1148</v>
       </c>
       <c r="B1144">
-        <v>103.22</v>
+        <v>103.41</v>
       </c>
       <c r="C1144">
-        <v>105.33</v>
+        <v>105.6</v>
       </c>
       <c r="D1144">
-        <v>105.84</v>
-[...2 lines deleted...]
-    <row r="1145" spans="1:4">
+        <v>106.11</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:26">
       <c r="A1145" t="s">
         <v>1149</v>
       </c>
       <c r="B1145">
-        <v>103.26</v>
+        <v>103.41</v>
       </c>
       <c r="C1145">
-        <v>105.38</v>
+        <v>105.59</v>
       </c>
       <c r="D1145">
-        <v>105.89</v>
-[...2 lines deleted...]
-    <row r="1146" spans="1:4">
+        <v>106.1</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:26">
       <c r="A1146" t="s">
         <v>1150</v>
       </c>
       <c r="B1146">
-        <v>103.21</v>
+        <v>103.43</v>
       </c>
       <c r="C1146">
-        <v>105.33</v>
+        <v>105.62</v>
       </c>
       <c r="D1146">
-        <v>105.84</v>
-[...2 lines deleted...]
-    <row r="1147" spans="1:4">
+        <v>106.13</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:26">
       <c r="A1147" t="s">
         <v>1151</v>
       </c>
       <c r="B1147">
-        <v>103.31</v>
+        <v>103.37</v>
       </c>
       <c r="C1147">
-        <v>105.43</v>
+        <v>105.56</v>
       </c>
       <c r="D1147">
-        <v>105.94</v>
-[...2 lines deleted...]
-    <row r="1148" spans="1:4">
+        <v>106.07</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:26">
       <c r="A1148" t="s">
         <v>1152</v>
       </c>
       <c r="B1148">
-        <v>103.35</v>
+        <v>103.32</v>
       </c>
       <c r="C1148">
-        <v>105.48</v>
+        <v>105.49</v>
       </c>
       <c r="D1148">
-        <v>105.99</v>
-[...2 lines deleted...]
-    <row r="1149" spans="1:4">
+        <v>106.01</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:26">
       <c r="A1149" t="s">
         <v>1153</v>
       </c>
       <c r="B1149">
-        <v>103.33</v>
+        <v>103.34</v>
       </c>
       <c r="C1149">
-        <v>105.45</v>
+        <v>105.54</v>
       </c>
       <c r="D1149">
-        <v>105.96</v>
-[...2 lines deleted...]
-    <row r="1150" spans="1:4">
+        <v>106.05</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:26">
       <c r="A1150" t="s">
         <v>1154</v>
       </c>
       <c r="B1150">
-        <v>103.31</v>
+        <v>103.42</v>
       </c>
       <c r="C1150">
-        <v>105.43</v>
+        <v>105.61</v>
       </c>
       <c r="D1150">
-        <v>105.94</v>
-[...2 lines deleted...]
-    <row r="1151" spans="1:4">
+        <v>106.12</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:26">
       <c r="A1151" t="s">
         <v>1155</v>
       </c>
       <c r="B1151">
-        <v>103.24</v>
+        <v>103.42</v>
       </c>
       <c r="C1151">
-        <v>105.37</v>
+        <v>105.61</v>
       </c>
       <c r="D1151">
-        <v>105.88</v>
-[...2 lines deleted...]
-    <row r="1152" spans="1:4">
+        <v>106.12</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:26">
       <c r="A1152" t="s">
         <v>1156</v>
       </c>
       <c r="B1152">
-        <v>103.17</v>
+        <v>103.37</v>
       </c>
       <c r="C1152">
-        <v>105.3</v>
+        <v>105.56</v>
       </c>
       <c r="D1152">
-        <v>105.81</v>
-[...2 lines deleted...]
-    <row r="1153" spans="1:4">
+        <v>106.08</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:26">
       <c r="A1153" t="s">
         <v>1157</v>
       </c>
       <c r="B1153">
-        <v>103.21</v>
+        <v>103.36</v>
       </c>
       <c r="C1153">
-        <v>105.34</v>
+        <v>105.54</v>
       </c>
       <c r="D1153">
-        <v>105.85</v>
-[...2 lines deleted...]
-    <row r="1154" spans="1:4">
+        <v>106.05</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:26">
       <c r="A1154" t="s">
         <v>1158</v>
       </c>
       <c r="B1154">
-        <v>103.28</v>
+        <v>103.39</v>
       </c>
       <c r="C1154">
-        <v>105.41</v>
+        <v>105.58</v>
       </c>
       <c r="D1154">
-        <v>105.92</v>
-[...2 lines deleted...]
-    <row r="1155" spans="1:4">
+        <v>106.1</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:26">
       <c r="A1155" t="s">
         <v>1159</v>
       </c>
       <c r="B1155">
-        <v>103.42</v>
+        <v>103.37</v>
       </c>
       <c r="C1155">
         <v>105.57</v>
       </c>
       <c r="D1155">
-        <v>106.09</v>
-[...2 lines deleted...]
-    <row r="1156" spans="1:4">
+        <v>106.08</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:26">
       <c r="A1156" t="s">
         <v>1160</v>
       </c>
       <c r="B1156">
-        <v>103.41</v>
+        <v>103.39</v>
       </c>
       <c r="C1156">
-        <v>105.6</v>
+        <v>105.58</v>
       </c>
       <c r="D1156">
-        <v>106.11</v>
-[...2 lines deleted...]
-    <row r="1157" spans="1:4">
+        <v>106.1</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:26">
       <c r="A1157" t="s">
         <v>1161</v>
       </c>
       <c r="B1157">
-        <v>103.41</v>
+        <v>103.37</v>
       </c>
       <c r="C1157">
-        <v>105.59</v>
+        <v>105.54</v>
       </c>
       <c r="D1157">
-        <v>106.1</v>
-[...2 lines deleted...]
-    <row r="1158" spans="1:4">
+        <v>106.06</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:26">
       <c r="A1158" t="s">
         <v>1162</v>
       </c>
       <c r="B1158">
-        <v>103.43</v>
+        <v>103.36</v>
       </c>
       <c r="C1158">
-        <v>105.62</v>
+        <v>105.55</v>
       </c>
       <c r="D1158">
-        <v>106.13</v>
-[...2 lines deleted...]
-    <row r="1159" spans="1:4">
+        <v>106.07</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:26">
       <c r="A1159" t="s">
         <v>1163</v>
       </c>
       <c r="B1159">
         <v>103.37</v>
       </c>
       <c r="C1159">
-        <v>105.56</v>
+        <v>105.59</v>
       </c>
       <c r="D1159">
-        <v>106.07</v>
-[...2 lines deleted...]
-    <row r="1160" spans="1:4">
+        <v>106.11</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:26">
       <c r="A1160" t="s">
         <v>1164</v>
       </c>
       <c r="B1160">
-        <v>103.32</v>
+        <v>103.39</v>
       </c>
       <c r="C1160">
-        <v>105.49</v>
+        <v>105.61</v>
       </c>
       <c r="D1160">
-        <v>106.01</v>
-[...2 lines deleted...]
-    <row r="1161" spans="1:4">
+        <v>106.13</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:26">
       <c r="A1161" t="s">
         <v>1165</v>
       </c>
       <c r="B1161">
-        <v>103.34</v>
+        <v>103.38</v>
       </c>
       <c r="C1161">
-        <v>105.54</v>
+        <v>105.62</v>
       </c>
       <c r="D1161">
-        <v>106.05</v>
-[...2 lines deleted...]
-    <row r="1162" spans="1:4">
+        <v>106.14</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:26">
       <c r="A1162" t="s">
         <v>1166</v>
       </c>
       <c r="B1162">
         <v>103.42</v>
       </c>
       <c r="C1162">
-        <v>105.61</v>
+        <v>105.67</v>
       </c>
       <c r="D1162">
-        <v>106.12</v>
-[...2 lines deleted...]
-    <row r="1163" spans="1:4">
+        <v>106.19</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:26">
       <c r="A1163" t="s">
         <v>1167</v>
       </c>
       <c r="B1163">
-        <v>103.42</v>
+        <v>103.43</v>
       </c>
       <c r="C1163">
-        <v>105.61</v>
+        <v>105.68</v>
       </c>
       <c r="D1163">
-        <v>106.12</v>
-[...2 lines deleted...]
-    <row r="1164" spans="1:4">
+        <v>106.2</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:26">
       <c r="A1164" t="s">
         <v>1168</v>
       </c>
       <c r="B1164">
-        <v>103.37</v>
+        <v>103.46</v>
       </c>
       <c r="C1164">
-        <v>105.56</v>
+        <v>105.7</v>
       </c>
       <c r="D1164">
-        <v>106.08</v>
-[...2 lines deleted...]
-    <row r="1165" spans="1:4">
+        <v>106.22</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:26">
       <c r="A1165" t="s">
         <v>1169</v>
       </c>
       <c r="B1165">
-        <v>103.36</v>
+        <v>103.51</v>
       </c>
       <c r="C1165">
-        <v>105.54</v>
+        <v>105.75</v>
       </c>
       <c r="D1165">
-        <v>106.05</v>
-[...2 lines deleted...]
-    <row r="1166" spans="1:4">
+        <v>106.27</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:26">
       <c r="A1166" t="s">
         <v>1170</v>
       </c>
       <c r="B1166">
-        <v>103.39</v>
+        <v>103.54</v>
       </c>
       <c r="C1166">
-        <v>105.58</v>
+        <v>105.8</v>
       </c>
       <c r="D1166">
-        <v>106.1</v>
-[...2 lines deleted...]
-    <row r="1167" spans="1:4">
+        <v>106.32</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:26">
       <c r="A1167" t="s">
         <v>1171</v>
       </c>
       <c r="B1167">
-        <v>103.37</v>
+        <v>103.53</v>
       </c>
       <c r="C1167">
-        <v>105.57</v>
+        <v>105.78</v>
       </c>
       <c r="D1167">
-        <v>106.08</v>
-[...2 lines deleted...]
-    <row r="1168" spans="1:4">
+        <v>106.31</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:26">
       <c r="A1168" t="s">
         <v>1172</v>
       </c>
       <c r="B1168">
-        <v>103.39</v>
+        <v>103.62</v>
       </c>
       <c r="C1168">
-        <v>105.58</v>
+        <v>105.88</v>
       </c>
       <c r="D1168">
-        <v>106.1</v>
-[...2 lines deleted...]
-    <row r="1169" spans="1:4">
+        <v>106.41</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:26">
       <c r="A1169" t="s">
         <v>1173</v>
       </c>
       <c r="B1169">
-        <v>103.37</v>
+        <v>103.61</v>
       </c>
       <c r="C1169">
-        <v>105.54</v>
+        <v>105.88</v>
       </c>
       <c r="D1169">
-        <v>106.06</v>
-[...2 lines deleted...]
-    <row r="1170" spans="1:4">
+        <v>106.41</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:26">
       <c r="A1170" t="s">
         <v>1174</v>
       </c>
       <c r="B1170">
-        <v>103.36</v>
+        <v>103.61</v>
       </c>
       <c r="C1170">
-        <v>105.55</v>
+        <v>105.89</v>
       </c>
       <c r="D1170">
-        <v>106.07</v>
-[...2 lines deleted...]
-    <row r="1171" spans="1:4">
+        <v>106.42</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:26">
       <c r="A1171" t="s">
         <v>1175</v>
       </c>
       <c r="B1171">
-        <v>103.37</v>
+        <v>103.74</v>
       </c>
       <c r="C1171">
-        <v>105.59</v>
+        <v>106.06</v>
       </c>
       <c r="D1171">
-        <v>106.11</v>
-[...2 lines deleted...]
-    <row r="1172" spans="1:4">
+        <v>106.59</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:26">
       <c r="A1172" t="s">
         <v>1176</v>
       </c>
       <c r="B1172">
-        <v>103.39</v>
+        <v>103.79</v>
       </c>
       <c r="C1172">
-        <v>105.61</v>
+        <v>106.1</v>
       </c>
       <c r="D1172">
-        <v>106.13</v>
-[...2 lines deleted...]
-    <row r="1173" spans="1:4">
+        <v>106.62</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:26">
       <c r="A1173" t="s">
         <v>1177</v>
       </c>
       <c r="B1173">
-        <v>103.38</v>
+        <v>103.75</v>
       </c>
       <c r="C1173">
-        <v>105.62</v>
+        <v>106.06</v>
       </c>
       <c r="D1173">
-        <v>106.14</v>
-[...2 lines deleted...]
-    <row r="1174" spans="1:4">
+        <v>106.58</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:26">
       <c r="A1174" t="s">
         <v>1178</v>
       </c>
       <c r="B1174">
-        <v>103.42</v>
+        <v>103.74</v>
       </c>
       <c r="C1174">
-        <v>105.67</v>
+        <v>106.06</v>
       </c>
       <c r="D1174">
-        <v>106.19</v>
-[...2 lines deleted...]
-    <row r="1175" spans="1:4">
+        <v>106.58</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:26">
       <c r="A1175" t="s">
         <v>1179</v>
       </c>
       <c r="B1175">
-        <v>103.43</v>
+        <v>103.78</v>
       </c>
       <c r="C1175">
-        <v>105.68</v>
+        <v>106.12</v>
       </c>
       <c r="D1175">
-        <v>106.2</v>
-[...2 lines deleted...]
-    <row r="1176" spans="1:4">
+        <v>106.65</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:26">
       <c r="A1176" t="s">
         <v>1180</v>
       </c>
       <c r="B1176">
-        <v>103.46</v>
+        <v>103.8</v>
       </c>
       <c r="C1176">
-        <v>105.7</v>
+        <v>106.13</v>
       </c>
       <c r="D1176">
-        <v>106.22</v>
-[...2 lines deleted...]
-    <row r="1177" spans="1:4">
+        <v>106.66</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:26">
       <c r="A1177" t="s">
         <v>1181</v>
       </c>
       <c r="B1177">
-        <v>103.51</v>
+        <v>103.77</v>
       </c>
       <c r="C1177">
-        <v>105.75</v>
+        <v>106.1</v>
       </c>
       <c r="D1177">
-        <v>106.27</v>
-[...2 lines deleted...]
-    <row r="1178" spans="1:4">
+        <v>106.63</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:26">
       <c r="A1178" t="s">
         <v>1182</v>
       </c>
       <c r="B1178">
-        <v>103.54</v>
+        <v>103.73</v>
       </c>
       <c r="C1178">
-        <v>105.8</v>
+        <v>106.04</v>
       </c>
       <c r="D1178">
-        <v>106.32</v>
-[...2 lines deleted...]
-    <row r="1179" spans="1:4">
+        <v>106.57</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:26">
       <c r="A1179" t="s">
         <v>1183</v>
       </c>
       <c r="B1179">
-        <v>103.53</v>
+        <v>103.77</v>
       </c>
       <c r="C1179">
-        <v>105.78</v>
+        <v>106.1</v>
       </c>
       <c r="D1179">
-        <v>106.31</v>
-[...2 lines deleted...]
-    <row r="1180" spans="1:4">
+        <v>106.63</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:26">
       <c r="A1180" t="s">
         <v>1184</v>
       </c>
       <c r="B1180">
-        <v>103.62</v>
+        <v>103.79</v>
       </c>
       <c r="C1180">
-        <v>105.88</v>
+        <v>106.13</v>
       </c>
       <c r="D1180">
-        <v>106.41</v>
-[...2 lines deleted...]
-    <row r="1181" spans="1:4">
+        <v>106.66</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:26">
       <c r="A1181" t="s">
         <v>1185</v>
       </c>
       <c r="B1181">
-        <v>103.61</v>
+        <v>103.8</v>
       </c>
       <c r="C1181">
-        <v>105.88</v>
+        <v>106.14</v>
       </c>
       <c r="D1181">
-        <v>106.41</v>
-[...2 lines deleted...]
-    <row r="1182" spans="1:4">
+        <v>106.67</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:26">
       <c r="A1182" t="s">
         <v>1186</v>
       </c>
       <c r="B1182">
-        <v>103.61</v>
+        <v>103.78</v>
       </c>
       <c r="C1182">
-        <v>105.89</v>
+        <v>106.1</v>
       </c>
       <c r="D1182">
-        <v>106.42</v>
-[...2 lines deleted...]
-    <row r="1183" spans="1:4">
+        <v>106.63</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:26">
       <c r="A1183" t="s">
         <v>1187</v>
       </c>
       <c r="B1183">
-        <v>103.74</v>
+        <v>103.84</v>
       </c>
       <c r="C1183">
-        <v>106.06</v>
+        <v>106.16</v>
       </c>
       <c r="D1183">
-        <v>106.59</v>
-[...2 lines deleted...]
-    <row r="1184" spans="1:4">
+        <v>106.69</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:26">
       <c r="A1184" t="s">
         <v>1188</v>
       </c>
       <c r="B1184">
-        <v>103.79</v>
+        <v>103.72</v>
       </c>
       <c r="C1184">
-        <v>106.1</v>
+        <v>106.04</v>
       </c>
       <c r="D1184">
-        <v>106.62</v>
-[...2 lines deleted...]
-    <row r="1185" spans="1:4">
+        <v>106.57</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:26">
       <c r="A1185" t="s">
         <v>1189</v>
       </c>
       <c r="B1185">
-        <v>103.75</v>
+        <v>103.72</v>
       </c>
       <c r="C1185">
-        <v>106.06</v>
+        <v>106.02</v>
       </c>
       <c r="D1185">
-        <v>106.58</v>
-[...2 lines deleted...]
-    <row r="1186" spans="1:4">
+        <v>106.56</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:26">
       <c r="A1186" t="s">
         <v>1190</v>
       </c>
       <c r="B1186">
-        <v>103.74</v>
+        <v>103.68</v>
       </c>
       <c r="C1186">
-        <v>106.06</v>
+        <v>105.98</v>
       </c>
       <c r="D1186">
-        <v>106.58</v>
-[...2 lines deleted...]
-    <row r="1187" spans="1:4">
+        <v>106.52</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:26">
       <c r="A1187" t="s">
         <v>1191</v>
       </c>
       <c r="B1187">
-        <v>103.78</v>
+        <v>103.71</v>
       </c>
       <c r="C1187">
-        <v>106.12</v>
+        <v>106.02</v>
       </c>
       <c r="D1187">
-        <v>106.65</v>
-[...2 lines deleted...]
-    <row r="1188" spans="1:4">
+        <v>106.55</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:26">
       <c r="A1188" t="s">
         <v>1192</v>
       </c>
       <c r="B1188">
-        <v>103.8</v>
+        <v>103.65</v>
       </c>
       <c r="C1188">
-        <v>106.13</v>
+        <v>105.94</v>
       </c>
       <c r="D1188">
-        <v>106.66</v>
-[...2 lines deleted...]
-    <row r="1189" spans="1:4">
+        <v>106.48</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:26">
       <c r="A1189" t="s">
         <v>1193</v>
       </c>
       <c r="B1189">
-        <v>103.77</v>
+        <v>103.61</v>
       </c>
       <c r="C1189">
-        <v>106.1</v>
+        <v>105.92</v>
       </c>
       <c r="D1189">
-        <v>106.63</v>
-[...2 lines deleted...]
-    <row r="1190" spans="1:4">
+        <v>106.46</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:26">
       <c r="A1190" t="s">
         <v>1194</v>
       </c>
       <c r="B1190">
-        <v>103.73</v>
+        <v>103.61</v>
       </c>
       <c r="C1190">
-        <v>106.04</v>
+        <v>105.94</v>
       </c>
       <c r="D1190">
-        <v>106.57</v>
-[...2 lines deleted...]
-    <row r="1191" spans="1:4">
+        <v>106.48</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:26">
       <c r="A1191" t="s">
         <v>1195</v>
       </c>
       <c r="B1191">
-        <v>103.77</v>
+        <v>103.54</v>
       </c>
       <c r="C1191">
-        <v>106.1</v>
+        <v>105.86</v>
       </c>
       <c r="D1191">
-        <v>106.63</v>
-[...2 lines deleted...]
-    <row r="1192" spans="1:4">
+        <v>106.4</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:26">
       <c r="A1192" t="s">
         <v>1196</v>
       </c>
       <c r="B1192">
-        <v>103.79</v>
+        <v>103.5</v>
       </c>
       <c r="C1192">
-        <v>106.13</v>
+        <v>105.8</v>
       </c>
       <c r="D1192">
-        <v>106.66</v>
-[...2 lines deleted...]
-    <row r="1193" spans="1:4">
+        <v>106.34</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:26">
       <c r="A1193" t="s">
         <v>1197</v>
       </c>
       <c r="B1193">
-        <v>103.8</v>
+        <v>103.51</v>
       </c>
       <c r="C1193">
-        <v>106.14</v>
+        <v>105.82</v>
       </c>
       <c r="D1193">
-        <v>106.67</v>
-[...2 lines deleted...]
-    <row r="1194" spans="1:4">
+        <v>106.35</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:26">
       <c r="A1194" t="s">
         <v>1198</v>
       </c>
       <c r="B1194">
-        <v>103.78</v>
+        <v>103.52</v>
       </c>
       <c r="C1194">
-        <v>106.1</v>
+        <v>105.82</v>
       </c>
       <c r="D1194">
+        <v>106.36</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:26">
+      <c r="A1195" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B1195">
+        <v>103.56</v>
+      </c>
+      <c r="C1195">
+        <v>105.86</v>
+      </c>
+      <c r="D1195">
+        <v>106.4</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:26">
+      <c r="A1196" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B1196">
+        <v>103.62</v>
+      </c>
+      <c r="C1196">
+        <v>105.92</v>
+      </c>
+      <c r="D1196">
+        <v>106.45</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:26">
+      <c r="A1197" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B1197">
+        <v>103.58</v>
+      </c>
+      <c r="C1197">
+        <v>105.88</v>
+      </c>
+      <c r="D1197">
+        <v>106.42</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:26">
+      <c r="A1198" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B1198">
+        <v>103.63</v>
+      </c>
+      <c r="C1198">
+        <v>105.94</v>
+      </c>
+      <c r="D1198">
+        <v>106.48</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:26">
+      <c r="A1199" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B1199">
+        <v>103.64</v>
+      </c>
+      <c r="C1199">
+        <v>105.97</v>
+      </c>
+      <c r="D1199">
+        <v>106.51</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:26">
+      <c r="A1200" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B1200">
+        <v>103.66</v>
+      </c>
+      <c r="C1200">
+        <v>105.99</v>
+      </c>
+      <c r="D1200">
+        <v>106.53</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:26">
+      <c r="A1201" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B1201">
+        <v>103.67</v>
+      </c>
+      <c r="C1201">
+        <v>106.01</v>
+      </c>
+      <c r="D1201">
+        <v>106.55</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:26">
+      <c r="A1202" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B1202">
+        <v>103.67</v>
+      </c>
+      <c r="C1202">
+        <v>106.01</v>
+      </c>
+      <c r="D1202">
+        <v>106.55</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:26">
+      <c r="A1203" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B1203">
+        <v>103.61</v>
+      </c>
+      <c r="C1203">
+        <v>105.92</v>
+      </c>
+      <c r="D1203">
+        <v>106.47</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:26">
+      <c r="A1204" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B1204">
+        <v>103.66</v>
+      </c>
+      <c r="C1204">
+        <v>105.98</v>
+      </c>
+      <c r="D1204">
+        <v>106.52</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:26">
+      <c r="A1205" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B1205">
+        <v>103.69</v>
+      </c>
+      <c r="C1205">
+        <v>106.02</v>
+      </c>
+      <c r="D1205">
+        <v>106.56</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:26">
+      <c r="A1206" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B1206">
+        <v>103.69</v>
+      </c>
+      <c r="C1206">
+        <v>106.01</v>
+      </c>
+      <c r="D1206">
+        <v>106.56</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:26">
+      <c r="A1207" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B1207">
+        <v>103.65</v>
+      </c>
+      <c r="C1207">
+        <v>105.97</v>
+      </c>
+      <c r="D1207">
+        <v>106.51</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:26">
+      <c r="A1208" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B1208">
+        <v>103.49</v>
+      </c>
+      <c r="C1208">
+        <v>105.77</v>
+      </c>
+      <c r="D1208">
+        <v>106.32</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:26">
+      <c r="A1209" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B1209">
+        <v>103.48</v>
+      </c>
+      <c r="C1209">
+        <v>105.77</v>
+      </c>
+      <c r="D1209">
+        <v>106.32</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:26">
+      <c r="A1210" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B1210">
+        <v>103.45</v>
+      </c>
+      <c r="C1210">
+        <v>105.74</v>
+      </c>
+      <c r="D1210">
+        <v>106.28</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:26">
+      <c r="A1211" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B1211">
+        <v>103.5</v>
+      </c>
+      <c r="C1211">
+        <v>105.79</v>
+      </c>
+      <c r="D1211">
+        <v>106.34</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:26">
+      <c r="A1212" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B1212">
+        <v>103.51</v>
+      </c>
+      <c r="C1212">
+        <v>105.8</v>
+      </c>
+      <c r="D1212">
+        <v>106.35</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:26">
+      <c r="A1213" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1213">
+        <v>103.51</v>
+      </c>
+      <c r="C1213">
+        <v>105.82</v>
+      </c>
+      <c r="D1213">
+        <v>106.37</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:26">
+      <c r="A1214" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B1214">
+        <v>103.55</v>
+      </c>
+      <c r="C1214">
+        <v>105.86</v>
+      </c>
+      <c r="D1214">
+        <v>106.41</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:26">
+      <c r="A1215" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B1215">
+        <v>103.54</v>
+      </c>
+      <c r="C1215">
+        <v>105.84</v>
+      </c>
+      <c r="D1215">
+        <v>106.39</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:26">
+      <c r="A1216" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B1216">
+        <v>103.56</v>
+      </c>
+      <c r="C1216">
+        <v>105.87</v>
+      </c>
+      <c r="D1216">
+        <v>106.42</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:26">
+      <c r="A1217" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B1217">
+        <v>103.5</v>
+      </c>
+      <c r="C1217">
+        <v>105.8</v>
+      </c>
+      <c r="D1217">
+        <v>106.35</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:26">
+      <c r="A1218" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B1218">
+        <v>103.52</v>
+      </c>
+      <c r="C1218">
+        <v>105.81</v>
+      </c>
+      <c r="D1218">
+        <v>106.36</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:26">
+      <c r="A1219" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1219">
+        <v>103.57</v>
+      </c>
+      <c r="C1219">
+        <v>105.88</v>
+      </c>
+      <c r="D1219">
+        <v>106.43</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:26">
+      <c r="A1220" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B1220">
+        <v>103.54</v>
+      </c>
+      <c r="C1220">
+        <v>105.86</v>
+      </c>
+      <c r="D1220">
+        <v>106.41</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:26">
+      <c r="A1221" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B1221">
+        <v>103.6</v>
+      </c>
+      <c r="C1221">
+        <v>105.96</v>
+      </c>
+      <c r="D1221">
+        <v>106.51</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:26">
+      <c r="A1222" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B1222">
+        <v>103.6</v>
+      </c>
+      <c r="C1222">
+        <v>105.95</v>
+      </c>
+      <c r="D1222">
+        <v>106.5</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:26">
+      <c r="A1223" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B1223">
+        <v>103.63</v>
+      </c>
+      <c r="C1223">
+        <v>105.97</v>
+      </c>
+      <c r="D1223">
+        <v>106.53</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:26">
+      <c r="A1224" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B1224">
+        <v>103.6</v>
+      </c>
+      <c r="C1224">
+        <v>105.92</v>
+      </c>
+      <c r="D1224">
+        <v>106.48</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:26">
+      <c r="A1225" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B1225">
+        <v>103.64</v>
+      </c>
+      <c r="C1225">
+        <v>105.99</v>
+      </c>
+      <c r="D1225">
+        <v>106.54</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:26">
+      <c r="A1226" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B1226">
+        <v>103.73</v>
+      </c>
+      <c r="C1226">
+        <v>106.08</v>
+      </c>
+      <c r="D1226">
         <v>106.63</v>
       </c>
     </row>
+    <row r="1227" spans="1:26">
+      <c r="A1227" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B1227">
+        <v>103.8</v>
+      </c>
+      <c r="C1227">
+        <v>106.15</v>
+      </c>
+      <c r="D1227">
+        <v>106.71</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:26">
+      <c r="A1228" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B1228">
+        <v>103.8</v>
+      </c>
+      <c r="C1228">
+        <v>106.16</v>
+      </c>
+      <c r="D1228">
+        <v>106.72</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:26">
+      <c r="A1229" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B1229">
+        <v>103.8</v>
+      </c>
+      <c r="C1229">
+        <v>106.16</v>
+      </c>
+      <c r="D1229">
+        <v>106.72</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:26">
+      <c r="A1230" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B1230">
+        <v>103.84</v>
+      </c>
+      <c r="C1230">
+        <v>106.21</v>
+      </c>
+      <c r="D1230">
+        <v>106.77</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:26">
+      <c r="A1231" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B1231">
+        <v>103.85</v>
+      </c>
+      <c r="C1231">
+        <v>106.22</v>
+      </c>
+      <c r="D1231">
+        <v>106.78</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:26">
+      <c r="A1232" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B1232">
+        <v>103.92</v>
+      </c>
+      <c r="C1232">
+        <v>106.29</v>
+      </c>
+      <c r="D1232">
+        <v>106.85</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:26">
+      <c r="A1233" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1233">
+        <v>103.89</v>
+      </c>
+      <c r="C1233">
+        <v>106.26</v>
+      </c>
+      <c r="D1233">
+        <v>106.82</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:26">
+      <c r="A1234" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B1234">
+        <v>103.88</v>
+      </c>
+      <c r="C1234">
+        <v>106.25</v>
+      </c>
+      <c r="D1234">
+        <v>106.81</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:26">
+      <c r="A1235" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B1235">
+        <v>103.9</v>
+      </c>
+      <c r="C1235">
+        <v>106.28</v>
+      </c>
+      <c r="D1235">
+        <v>106.84</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:26">
+      <c r="A1236" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B1236">
+        <v>103.91</v>
+      </c>
+      <c r="C1236">
+        <v>106.28</v>
+      </c>
+      <c r="D1236">
+        <v>106.85</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:26">
+      <c r="A1237" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B1237">
+        <v>103.88</v>
+      </c>
+      <c r="C1237">
+        <v>106.26</v>
+      </c>
+      <c r="D1237">
+        <v>106.82</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:26">
+      <c r="A1238" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B1238">
+        <v>103.89</v>
+      </c>
+      <c r="C1238">
+        <v>106.26</v>
+      </c>
+      <c r="D1238">
+        <v>106.83</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:26">
+      <c r="A1239" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B1239">
+        <v>103.84</v>
+      </c>
+      <c r="C1239">
+        <v>106.21</v>
+      </c>
+      <c r="D1239">
+        <v>106.78</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:26">
+      <c r="A1240" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1240">
+        <v>103.9</v>
+      </c>
+      <c r="C1240">
+        <v>106.29</v>
+      </c>
+      <c r="D1240">
+        <v>106.86</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:26">
+      <c r="A1241" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B1241">
+        <v>103.93</v>
+      </c>
+      <c r="C1241">
+        <v>106.31</v>
+      </c>
+      <c r="D1241">
+        <v>106.88</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:26">
+      <c r="A1242" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B1242">
+        <v>104.01</v>
+      </c>
+      <c r="C1242">
+        <v>106.4</v>
+      </c>
+      <c r="D1242">
+        <v>106.96</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:26">
+      <c r="A1243" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B1243">
+        <v>104.11</v>
+      </c>
+      <c r="C1243">
+        <v>106.5</v>
+      </c>
+      <c r="D1243">
+        <v>107.07</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:26">
+      <c r="A1244" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B1244">
+        <v>104.09</v>
+      </c>
+      <c r="C1244">
+        <v>106.48</v>
+      </c>
+      <c r="D1244">
+        <v>107.05</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:26">
+      <c r="A1245" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B1245">
+        <v>103.98</v>
+      </c>
+      <c r="C1245">
+        <v>106.38</v>
+      </c>
+      <c r="D1245">
+        <v>106.95</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:26">
+      <c r="A1246" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B1246">
+        <v>103.99</v>
+      </c>
+      <c r="C1246">
+        <v>106.39</v>
+      </c>
+      <c r="D1246">
+        <v>106.96</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Historique Vls Keren Crédit ISR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keren Finance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Historique Vls Keren Crédit ISR</dc:title>
   <dc:description/>
   <dc:subject>Keren Crédit ISR</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>