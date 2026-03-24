--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -4,59 +4,59 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historique Vls Keren Crédit ISR" sheetId="1" r:id="rId4"/>
+    <sheet name="Historique Vls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1285">
   <si>
     <t>Keren Crédit ISR</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>EB</t>
   </si>
   <si>
     <t>FR0014000W38</t>
   </si>
   <si>
     <t>FR0014000W46</t>
   </si>
   <si>
     <t>FR0014000W53</t>
   </si>
   <si>
@@ -3765,50 +3765,152 @@
     <t>2026-01-22</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>2026-01-29</t>
   </si>
   <si>
     <t>2026-01-30</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4112,51 +4214,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1246"/>
+  <dimension ref="A1:Z1280"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:26">
@@ -21551,86 +21653,562 @@
       <c r="A1245" t="s">
         <v>1249</v>
       </c>
       <c r="B1245">
         <v>103.98</v>
       </c>
       <c r="C1245">
         <v>106.38</v>
       </c>
       <c r="D1245">
         <v>106.95</v>
       </c>
     </row>
     <row r="1246" spans="1:26">
       <c r="A1246" t="s">
         <v>1250</v>
       </c>
       <c r="B1246">
         <v>103.99</v>
       </c>
       <c r="C1246">
         <v>106.39</v>
       </c>
       <c r="D1246">
         <v>106.96</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:26">
+      <c r="A1247" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B1247">
+        <v>104.09</v>
+      </c>
+      <c r="C1247">
+        <v>106.49</v>
+      </c>
+      <c r="D1247">
+        <v>107.06</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:26">
+      <c r="A1248" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B1248">
+        <v>104.18</v>
+      </c>
+      <c r="C1248">
+        <v>106.58</v>
+      </c>
+      <c r="D1248">
+        <v>107.16</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:26">
+      <c r="A1249" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1249">
+        <v>104.13</v>
+      </c>
+      <c r="C1249">
+        <v>106.54</v>
+      </c>
+      <c r="D1249">
+        <v>107.11</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:26">
+      <c r="A1250" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B1250">
+        <v>104.11</v>
+      </c>
+      <c r="C1250">
+        <v>106.52</v>
+      </c>
+      <c r="D1250">
+        <v>107.09</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:26">
+      <c r="A1251" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B1251">
+        <v>104.16</v>
+      </c>
+      <c r="C1251">
+        <v>106.57</v>
+      </c>
+      <c r="D1251">
+        <v>107.15</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:26">
+      <c r="A1252" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B1252">
+        <v>104.2</v>
+      </c>
+      <c r="C1252">
+        <v>106.61</v>
+      </c>
+      <c r="D1252">
+        <v>107.19</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:26">
+      <c r="A1253" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B1253">
+        <v>104.31</v>
+      </c>
+      <c r="C1253">
+        <v>106.73</v>
+      </c>
+      <c r="D1253">
+        <v>107.3</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:26">
+      <c r="A1254" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B1254">
+        <v>104.39</v>
+      </c>
+      <c r="C1254">
+        <v>106.81</v>
+      </c>
+      <c r="D1254">
+        <v>107.39</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:26">
+      <c r="A1255" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B1255">
+        <v>104.34</v>
+      </c>
+      <c r="C1255">
+        <v>106.76</v>
+      </c>
+      <c r="D1255">
+        <v>107.34</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:26">
+      <c r="A1256" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B1256">
+        <v>104.3</v>
+      </c>
+      <c r="C1256">
+        <v>106.72</v>
+      </c>
+      <c r="D1256">
+        <v>107.3</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:26">
+      <c r="A1257" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B1257">
+        <v>104.23</v>
+      </c>
+      <c r="C1257">
+        <v>106.66</v>
+      </c>
+      <c r="D1257">
+        <v>107.24</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:26">
+      <c r="A1258" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B1258">
+        <v>104.29</v>
+      </c>
+      <c r="C1258">
+        <v>106.72</v>
+      </c>
+      <c r="D1258">
+        <v>107.3</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:26">
+      <c r="A1259" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B1259">
+        <v>104.25</v>
+      </c>
+      <c r="C1259">
+        <v>106.68</v>
+      </c>
+      <c r="D1259">
+        <v>107.26</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:26">
+      <c r="A1260" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B1260">
+        <v>104.31</v>
+      </c>
+      <c r="C1260">
+        <v>106.74</v>
+      </c>
+      <c r="D1260">
+        <v>107.33</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:26">
+      <c r="A1261" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B1261">
+        <v>104.31</v>
+      </c>
+      <c r="C1261">
+        <v>106.75</v>
+      </c>
+      <c r="D1261">
+        <v>107.33</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:26">
+      <c r="A1262" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B1262">
+        <v>104.27</v>
+      </c>
+      <c r="C1262">
+        <v>106.71</v>
+      </c>
+      <c r="D1262">
+        <v>107.29</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:26">
+      <c r="A1263" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B1263">
+        <v>104.3</v>
+      </c>
+      <c r="C1263">
+        <v>106.74</v>
+      </c>
+      <c r="D1263">
+        <v>107.32</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:26">
+      <c r="A1264" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B1264">
+        <v>104.4</v>
+      </c>
+      <c r="C1264">
+        <v>106.84</v>
+      </c>
+      <c r="D1264">
+        <v>107.42</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:26">
+      <c r="A1265" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B1265">
+        <v>104.21</v>
+      </c>
+      <c r="C1265">
+        <v>106.65</v>
+      </c>
+      <c r="D1265">
+        <v>107.24</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:26">
+      <c r="A1266" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B1266">
+        <v>104.13</v>
+      </c>
+      <c r="C1266">
+        <v>106.57</v>
+      </c>
+      <c r="D1266">
+        <v>107.15</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:26">
+      <c r="A1267" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B1267">
+        <v>104.25</v>
+      </c>
+      <c r="C1267">
+        <v>106.7</v>
+      </c>
+      <c r="D1267">
+        <v>107.29</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:26">
+      <c r="A1268" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B1268">
+        <v>104.03</v>
+      </c>
+      <c r="C1268">
+        <v>106.47</v>
+      </c>
+      <c r="D1268">
+        <v>107.05</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:26">
+      <c r="A1269" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B1269">
+        <v>103.85</v>
+      </c>
+      <c r="C1269">
+        <v>106.27</v>
+      </c>
+      <c r="D1269">
+        <v>106.85</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:26">
+      <c r="A1270" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1270">
+        <v>103.7</v>
+      </c>
+      <c r="C1270">
+        <v>106.12</v>
+      </c>
+      <c r="D1270">
+        <v>106.7</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:26">
+      <c r="A1271" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B1271">
+        <v>103.95</v>
+      </c>
+      <c r="C1271">
+        <v>106.4</v>
+      </c>
+      <c r="D1271">
+        <v>106.98</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:26">
+      <c r="A1272" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B1272">
+        <v>103.6</v>
+      </c>
+      <c r="C1272">
+        <v>106.0</v>
+      </c>
+      <c r="D1272">
+        <v>106.58</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:26">
+      <c r="A1273" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B1273">
+        <v>103.45</v>
+      </c>
+      <c r="C1273">
+        <v>105.84</v>
+      </c>
+      <c r="D1273">
+        <v>106.42</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:26">
+      <c r="A1274" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B1274">
+        <v>103.33</v>
+      </c>
+      <c r="C1274">
+        <v>105.71</v>
+      </c>
+      <c r="D1274">
+        <v>106.29</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:26">
+      <c r="A1275" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B1275">
+        <v>103.37</v>
+      </c>
+      <c r="C1275">
+        <v>105.77</v>
+      </c>
+      <c r="D1275">
+        <v>106.35</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:26">
+      <c r="A1276" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B1276">
+        <v>103.51</v>
+      </c>
+      <c r="C1276">
+        <v>105.93</v>
+      </c>
+      <c r="D1276">
+        <v>106.51</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:26">
+      <c r="A1277" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B1277">
+        <v>103.41</v>
+      </c>
+      <c r="C1277">
+        <v>105.81</v>
+      </c>
+      <c r="D1277">
+        <v>106.39</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:26">
+      <c r="A1278" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B1278">
+        <v>103.08</v>
+      </c>
+      <c r="C1278">
+        <v>105.48</v>
+      </c>
+      <c r="D1278">
+        <v>106.06</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:26">
+      <c r="A1279" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B1279">
+        <v>102.78</v>
+      </c>
+      <c r="C1279">
+        <v>105.16</v>
+      </c>
+      <c r="D1279">
+        <v>105.74</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:26">
+      <c r="A1280" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B1280">
+        <v>102.87</v>
+      </c>
+      <c r="C1280">
+        <v>105.26</v>
+      </c>
+      <c r="D1280">
+        <v>105.84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historique Vls Keren Crédit ISR</vt:lpstr>
+      <vt:lpstr>Historique Vls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keren Finance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Historique Vls Keren Crédit ISR</dc:title>
   <dc:description/>
   <dc:subject>Keren Crédit ISR</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>