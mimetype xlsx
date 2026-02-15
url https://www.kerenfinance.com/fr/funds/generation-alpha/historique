--- v0 (2025-10-30)
+++ v1 (2026-02-15)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Historique Vls Génération Alpha" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Génération Alpha</t>
   </si>
   <si>
+    <t>ISIN</t>
+  </si>
+  <si>
     <t>C</t>
   </si>
   <si>
-    <t>ISIN</t>
-[...1 lines deleted...]
-  <si>
     <t>FR001400QKQ0</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>2024-08-30</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
     <t>2024-09-03</t>
   </si>
   <si>
     <t>2024-09-04</t>
   </si>
   <si>
     <t>2024-09-05</t>
   </si>
   <si>
     <t>2024-09-06</t>
@@ -900,89 +900,309 @@
     <t>2025-10-16</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>2025-10-21</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
     <t>2025-10-23</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>2025-10-27</t>
   </si>
   <si>
     <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1242,2450 +1462,3035 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B295"/>
+  <dimension ref="A1:Z368"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26">
+      <c r="A3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
+    <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>99.99</v>
       </c>
     </row>
-    <row r="7" spans="1:2">
+    <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
         <v>99.98</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
+    <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
         <v>99.98</v>
       </c>
     </row>
-    <row r="9" spans="1:2">
+    <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
         <v>99.97</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
+    <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
         <v>99.97</v>
       </c>
     </row>
-    <row r="11" spans="1:2">
+    <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
         <v>99.97</v>
       </c>
     </row>
-    <row r="12" spans="1:2">
+    <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>99.96</v>
       </c>
     </row>
-    <row r="13" spans="1:2">
+    <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
         <v>99.96</v>
       </c>
     </row>
-    <row r="14" spans="1:2">
+    <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>99.95</v>
       </c>
     </row>
-    <row r="15" spans="1:2">
+    <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
         <v>99.95</v>
       </c>
     </row>
-    <row r="16" spans="1:2">
+    <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
         <v>99.95</v>
       </c>
     </row>
-    <row r="17" spans="1:2">
+    <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
         <v>99.93</v>
       </c>
     </row>
-    <row r="18" spans="1:2">
+    <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
         <v>99.93</v>
       </c>
     </row>
-    <row r="19" spans="1:2">
+    <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
         <v>99.93</v>
       </c>
     </row>
-    <row r="20" spans="1:2">
+    <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
         <v>99.93</v>
       </c>
     </row>
-    <row r="21" spans="1:2">
+    <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
         <v>99.92</v>
       </c>
     </row>
-    <row r="22" spans="1:2">
+    <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
         <v>99.91</v>
       </c>
     </row>
-    <row r="23" spans="1:2">
+    <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
         <v>99.99</v>
       </c>
     </row>
-    <row r="31" spans="1:2">
+    <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
         <v>99.86</v>
       </c>
     </row>
-    <row r="33" spans="1:2">
+    <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
         <v>99.77</v>
       </c>
     </row>
-    <row r="34" spans="1:2">
+    <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
         <v>99.8</v>
       </c>
     </row>
-    <row r="35" spans="1:2">
+    <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
         <v>99.75</v>
       </c>
     </row>
-    <row r="36" spans="1:2">
+    <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
         <v>99.88</v>
       </c>
     </row>
-    <row r="37" spans="1:2">
+    <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
         <v>100.01</v>
       </c>
     </row>
-    <row r="38" spans="1:2">
+    <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
         <v>99.88</v>
       </c>
     </row>
-    <row r="39" spans="1:2">
+    <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
         <v>99.88</v>
       </c>
     </row>
-    <row r="40" spans="1:2">
+    <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
         <v>100.05</v>
       </c>
     </row>
-    <row r="41" spans="1:2">
+    <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
         <v>100.14</v>
       </c>
     </row>
-    <row r="42" spans="1:2">
+    <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
         <v>100.12</v>
       </c>
     </row>
-    <row r="43" spans="1:2">
+    <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
         <v>100.05</v>
       </c>
     </row>
-    <row r="44" spans="1:2">
+    <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
         <v>100.07</v>
       </c>
     </row>
-    <row r="45" spans="1:2">
+    <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
         <v>100.08</v>
       </c>
     </row>
-    <row r="46" spans="1:2">
+    <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
         <v>100.08</v>
       </c>
     </row>
-    <row r="47" spans="1:2">
+    <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
         <v>100.06</v>
       </c>
     </row>
-    <row r="48" spans="1:2">
+    <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>99.67</v>
       </c>
     </row>
-    <row r="50" spans="1:2">
+    <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
         <v>99.5</v>
       </c>
     </row>
-    <row r="51" spans="1:2">
+    <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
         <v>99.6</v>
       </c>
     </row>
-    <row r="52" spans="1:2">
+    <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
         <v>99.65</v>
       </c>
     </row>
-    <row r="53" spans="1:2">
+    <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
         <v>99.96</v>
       </c>
     </row>
-    <row r="54" spans="1:2">
+    <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
         <v>99.92</v>
       </c>
     </row>
-    <row r="55" spans="1:2">
+    <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>99.88</v>
       </c>
     </row>
-    <row r="56" spans="1:2">
+    <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
         <v>100.09</v>
       </c>
     </row>
-    <row r="59" spans="1:2">
+    <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
         <v>99.93</v>
       </c>
     </row>
-    <row r="60" spans="1:2">
+    <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
         <v>99.9</v>
       </c>
     </row>
-    <row r="61" spans="1:2">
+    <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
         <v>99.92</v>
       </c>
     </row>
-    <row r="62" spans="1:2">
+    <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
         <v>100.06</v>
       </c>
     </row>
-    <row r="64" spans="1:2">
+    <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>100.33</v>
       </c>
     </row>
-    <row r="65" spans="1:2">
+    <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
         <v>100.36</v>
       </c>
     </row>
-    <row r="66" spans="1:2">
+    <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
         <v>100.34</v>
       </c>
     </row>
-    <row r="67" spans="1:2">
+    <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
         <v>100.2</v>
       </c>
     </row>
-    <row r="68" spans="1:2">
+    <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
         <v>100.32</v>
       </c>
     </row>
-    <row r="69" spans="1:2">
+    <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
         <v>100.47</v>
       </c>
     </row>
-    <row r="70" spans="1:2">
+    <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
         <v>100.68</v>
       </c>
     </row>
-    <row r="71" spans="1:2">
+    <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
         <v>100.78</v>
       </c>
     </row>
-    <row r="72" spans="1:2">
+    <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
         <v>100.99</v>
       </c>
     </row>
-    <row r="73" spans="1:2">
+    <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
         <v>100.91</v>
       </c>
     </row>
-    <row r="74" spans="1:2">
+    <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>74</v>
       </c>
       <c r="B74">
         <v>101.14</v>
       </c>
     </row>
-    <row r="75" spans="1:2">
+    <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>75</v>
       </c>
       <c r="B75">
         <v>101.32</v>
       </c>
     </row>
-    <row r="76" spans="1:2">
+    <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>76</v>
       </c>
       <c r="B76">
         <v>101.24</v>
       </c>
     </row>
-    <row r="77" spans="1:2">
+    <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>77</v>
       </c>
       <c r="B77">
         <v>101.34</v>
       </c>
     </row>
-    <row r="78" spans="1:2">
+    <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78">
         <v>101.4</v>
       </c>
     </row>
-    <row r="79" spans="1:2">
+    <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>79</v>
       </c>
       <c r="B79">
         <v>101.25</v>
       </c>
     </row>
-    <row r="80" spans="1:2">
+    <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>80</v>
       </c>
       <c r="B80">
         <v>101.21</v>
       </c>
     </row>
-    <row r="81" spans="1:2">
+    <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>81</v>
       </c>
       <c r="B81">
         <v>101.19</v>
       </c>
     </row>
-    <row r="82" spans="1:2">
+    <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82">
         <v>101.13</v>
       </c>
     </row>
-    <row r="83" spans="1:2">
+    <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>83</v>
       </c>
       <c r="B83">
         <v>100.9</v>
       </c>
     </row>
-    <row r="84" spans="1:2">
+    <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>84</v>
       </c>
       <c r="B84">
         <v>100.76</v>
       </c>
     </row>
-    <row r="85" spans="1:2">
+    <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>85</v>
       </c>
       <c r="B85">
         <v>100.84</v>
       </c>
     </row>
-    <row r="86" spans="1:2">
+    <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86">
         <v>100.94</v>
       </c>
     </row>
-    <row r="87" spans="1:2">
+    <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>87</v>
       </c>
       <c r="B87">
         <v>100.95</v>
       </c>
     </row>
-    <row r="88" spans="1:2">
+    <row r="88" spans="1:26">
       <c r="A88" t="s">
         <v>88</v>
       </c>
       <c r="B88">
         <v>100.86</v>
       </c>
     </row>
-    <row r="89" spans="1:2">
+    <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>89</v>
       </c>
       <c r="B89">
         <v>100.96</v>
       </c>
     </row>
-    <row r="90" spans="1:2">
+    <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>90</v>
       </c>
       <c r="B90">
         <v>101.08</v>
       </c>
     </row>
-    <row r="91" spans="1:2">
+    <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>91</v>
       </c>
       <c r="B91">
         <v>100.97</v>
       </c>
     </row>
-    <row r="92" spans="1:2">
+    <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>92</v>
       </c>
       <c r="B92">
         <v>101.12</v>
       </c>
     </row>
-    <row r="93" spans="1:2">
+    <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>93</v>
       </c>
       <c r="B93">
         <v>101.18</v>
       </c>
     </row>
-    <row r="94" spans="1:2">
+    <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>94</v>
       </c>
       <c r="B94">
         <v>101.06</v>
       </c>
     </row>
-    <row r="95" spans="1:2">
+    <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>95</v>
       </c>
       <c r="B95">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:2">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>96</v>
       </c>
       <c r="B96">
         <v>100.82</v>
       </c>
     </row>
-    <row r="97" spans="1:2">
+    <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>97</v>
       </c>
       <c r="B97">
         <v>100.66</v>
       </c>
     </row>
-    <row r="98" spans="1:2">
+    <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98">
         <v>100.69</v>
       </c>
     </row>
-    <row r="99" spans="1:2">
+    <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>99</v>
       </c>
       <c r="B99">
         <v>101.03</v>
       </c>
     </row>
-    <row r="100" spans="1:2">
+    <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>100</v>
       </c>
       <c r="B100">
         <v>101.46</v>
       </c>
     </row>
-    <row r="101" spans="1:2">
+    <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>101</v>
       </c>
       <c r="B101">
         <v>101.65</v>
       </c>
     </row>
-    <row r="102" spans="1:2">
+    <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>102</v>
       </c>
       <c r="B102">
         <v>101.6</v>
       </c>
     </row>
-    <row r="103" spans="1:2">
+    <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>103</v>
       </c>
       <c r="B103">
         <v>101.74</v>
       </c>
     </row>
-    <row r="104" spans="1:2">
+    <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>104</v>
       </c>
       <c r="B104">
         <v>101.91</v>
       </c>
     </row>
-    <row r="105" spans="1:2">
+    <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>105</v>
       </c>
       <c r="B105">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:2">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>106</v>
       </c>
       <c r="B106">
         <v>102.02</v>
       </c>
     </row>
-    <row r="107" spans="1:2">
+    <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>107</v>
       </c>
       <c r="B107">
         <v>101.89</v>
       </c>
     </row>
-    <row r="108" spans="1:2">
+    <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>108</v>
       </c>
       <c r="B108">
         <v>102.01</v>
       </c>
     </row>
-    <row r="109" spans="1:2">
+    <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>109</v>
       </c>
       <c r="B109">
         <v>102.04</v>
       </c>
     </row>
-    <row r="110" spans="1:2">
+    <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>110</v>
       </c>
       <c r="B110">
         <v>102.34</v>
       </c>
     </row>
-    <row r="111" spans="1:2">
+    <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>111</v>
       </c>
       <c r="B111">
         <v>102.43</v>
       </c>
     </row>
-    <row r="112" spans="1:2">
+    <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>112</v>
       </c>
       <c r="B112">
         <v>102.23</v>
       </c>
     </row>
-    <row r="113" spans="1:2">
+    <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>113</v>
       </c>
       <c r="B113">
         <v>102.35</v>
       </c>
     </row>
-    <row r="114" spans="1:2">
+    <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>114</v>
       </c>
       <c r="B114">
         <v>102.47</v>
       </c>
     </row>
-    <row r="115" spans="1:2">
+    <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>115</v>
       </c>
       <c r="B115">
         <v>102.72</v>
       </c>
     </row>
-    <row r="116" spans="1:2">
+    <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>116</v>
       </c>
       <c r="B116">
         <v>102.63</v>
       </c>
     </row>
-    <row r="117" spans="1:2">
+    <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>117</v>
       </c>
       <c r="B117">
         <v>102.85</v>
       </c>
     </row>
-    <row r="118" spans="1:2">
+    <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>118</v>
       </c>
       <c r="B118">
         <v>102.85</v>
       </c>
     </row>
-    <row r="119" spans="1:2">
+    <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>119</v>
       </c>
       <c r="B119">
         <v>102.75</v>
       </c>
     </row>
-    <row r="120" spans="1:2">
+    <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>120</v>
       </c>
       <c r="B120">
         <v>102.98</v>
       </c>
     </row>
-    <row r="121" spans="1:2">
+    <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>121</v>
       </c>
       <c r="B121">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:2">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>122</v>
       </c>
       <c r="B122">
         <v>103.02</v>
       </c>
     </row>
-    <row r="123" spans="1:2">
+    <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>123</v>
       </c>
       <c r="B123">
         <v>103.2</v>
       </c>
     </row>
-    <row r="124" spans="1:2">
+    <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>124</v>
       </c>
       <c r="B124">
         <v>103.02</v>
       </c>
     </row>
-    <row r="125" spans="1:2">
+    <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>125</v>
       </c>
       <c r="B125">
         <v>102.97</v>
       </c>
     </row>
-    <row r="126" spans="1:2">
+    <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>126</v>
       </c>
       <c r="B126">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:2">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>127</v>
       </c>
       <c r="B127">
         <v>102.96</v>
       </c>
     </row>
-    <row r="128" spans="1:2">
+    <row r="128" spans="1:26">
       <c r="A128" t="s">
         <v>128</v>
       </c>
       <c r="B128">
         <v>102.94</v>
       </c>
     </row>
-    <row r="129" spans="1:2">
+    <row r="129" spans="1:26">
       <c r="A129" t="s">
         <v>129</v>
       </c>
       <c r="B129">
         <v>103.16</v>
       </c>
     </row>
-    <row r="130" spans="1:2">
+    <row r="130" spans="1:26">
       <c r="A130" t="s">
         <v>130</v>
       </c>
       <c r="B130">
         <v>103.18</v>
       </c>
     </row>
-    <row r="131" spans="1:2">
+    <row r="131" spans="1:26">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131">
         <v>103.27</v>
       </c>
     </row>
-    <row r="132" spans="1:2">
+    <row r="132" spans="1:26">
       <c r="A132" t="s">
         <v>132</v>
       </c>
       <c r="B132">
         <v>103.38</v>
       </c>
     </row>
-    <row r="133" spans="1:2">
+    <row r="133" spans="1:26">
       <c r="A133" t="s">
         <v>133</v>
       </c>
       <c r="B133">
         <v>102.9</v>
       </c>
     </row>
-    <row r="134" spans="1:2">
+    <row r="134" spans="1:26">
       <c r="A134" t="s">
         <v>134</v>
       </c>
       <c r="B134">
         <v>103.01</v>
       </c>
     </row>
-    <row r="135" spans="1:2">
+    <row r="135" spans="1:26">
       <c r="A135" t="s">
         <v>135</v>
       </c>
       <c r="B135">
         <v>102.71</v>
       </c>
     </row>
-    <row r="136" spans="1:2">
+    <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>136</v>
       </c>
       <c r="B136">
         <v>102.39</v>
       </c>
     </row>
-    <row r="137" spans="1:2">
+    <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>137</v>
       </c>
       <c r="B137">
         <v>102.06</v>
       </c>
     </row>
-    <row r="138" spans="1:2">
+    <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>138</v>
       </c>
       <c r="B138">
         <v>101.71</v>
       </c>
     </row>
-    <row r="139" spans="1:2">
+    <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>139</v>
       </c>
       <c r="B139">
         <v>101.86</v>
       </c>
     </row>
-    <row r="140" spans="1:2">
+    <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>140</v>
       </c>
       <c r="B140">
         <v>101.71</v>
       </c>
     </row>
-    <row r="141" spans="1:2">
+    <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>141</v>
       </c>
       <c r="B141">
         <v>102.02</v>
       </c>
     </row>
-    <row r="142" spans="1:2">
+    <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>142</v>
       </c>
       <c r="B142">
         <v>102.33</v>
       </c>
     </row>
-    <row r="143" spans="1:2">
+    <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>143</v>
       </c>
       <c r="B143">
         <v>102.69</v>
       </c>
     </row>
-    <row r="144" spans="1:2">
+    <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>144</v>
       </c>
       <c r="B144">
         <v>102.67</v>
       </c>
     </row>
-    <row r="145" spans="1:2">
+    <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>145</v>
       </c>
       <c r="B145">
         <v>102.58</v>
       </c>
     </row>
-    <row r="146" spans="1:2">
+    <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>146</v>
       </c>
       <c r="B146">
         <v>102.43</v>
       </c>
     </row>
-    <row r="147" spans="1:2">
+    <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>147</v>
       </c>
       <c r="B147">
         <v>102.54</v>
       </c>
     </row>
-    <row r="148" spans="1:2">
+    <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>148</v>
       </c>
       <c r="B148">
         <v>102.64</v>
       </c>
     </row>
-    <row r="149" spans="1:2">
+    <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>149</v>
       </c>
       <c r="B149">
         <v>102.56</v>
       </c>
     </row>
-    <row r="150" spans="1:2">
+    <row r="150" spans="1:26">
       <c r="A150" t="s">
         <v>150</v>
       </c>
       <c r="B150">
         <v>102.4</v>
       </c>
     </row>
-    <row r="151" spans="1:2">
+    <row r="151" spans="1:26">
       <c r="A151" t="s">
         <v>151</v>
       </c>
       <c r="B151">
         <v>102.04</v>
       </c>
     </row>
-    <row r="152" spans="1:2">
+    <row r="152" spans="1:26">
       <c r="A152" t="s">
         <v>152</v>
       </c>
       <c r="B152">
         <v>101.73</v>
       </c>
     </row>
-    <row r="153" spans="1:2">
+    <row r="153" spans="1:26">
       <c r="A153" t="s">
         <v>153</v>
       </c>
       <c r="B153">
         <v>102.06</v>
       </c>
     </row>
-    <row r="154" spans="1:2">
+    <row r="154" spans="1:26">
       <c r="A154" t="s">
         <v>154</v>
       </c>
       <c r="B154">
         <v>101.95</v>
       </c>
     </row>
-    <row r="155" spans="1:2">
+    <row r="155" spans="1:26">
       <c r="A155" t="s">
         <v>155</v>
       </c>
       <c r="B155">
         <v>101.15</v>
       </c>
     </row>
-    <row r="156" spans="1:2">
+    <row r="156" spans="1:26">
       <c r="A156" t="s">
         <v>156</v>
       </c>
       <c r="B156">
         <v>99.88</v>
       </c>
     </row>
-    <row r="157" spans="1:2">
+    <row r="157" spans="1:26">
       <c r="A157" t="s">
         <v>157</v>
       </c>
       <c r="B157">
         <v>98.63</v>
       </c>
     </row>
-    <row r="158" spans="1:2">
+    <row r="158" spans="1:26">
       <c r="A158" t="s">
         <v>158</v>
       </c>
       <c r="B158">
         <v>99.62</v>
       </c>
     </row>
-    <row r="159" spans="1:2">
+    <row r="159" spans="1:26">
       <c r="A159" t="s">
         <v>159</v>
       </c>
       <c r="B159">
         <v>98.99</v>
       </c>
     </row>
-    <row r="160" spans="1:2">
+    <row r="160" spans="1:26">
       <c r="A160" t="s">
         <v>160</v>
       </c>
       <c r="B160">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:2">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:26">
       <c r="A161" t="s">
         <v>161</v>
       </c>
       <c r="B161">
         <v>99.85</v>
       </c>
     </row>
-    <row r="162" spans="1:2">
+    <row r="162" spans="1:26">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162">
         <v>100.57</v>
       </c>
     </row>
-    <row r="163" spans="1:2">
+    <row r="163" spans="1:26">
       <c r="A163" t="s">
         <v>163</v>
       </c>
       <c r="B163">
         <v>101.09</v>
       </c>
     </row>
-    <row r="164" spans="1:2">
+    <row r="164" spans="1:26">
       <c r="A164" t="s">
         <v>164</v>
       </c>
       <c r="B164">
         <v>100.95</v>
       </c>
     </row>
-    <row r="165" spans="1:2">
+    <row r="165" spans="1:26">
       <c r="A165" t="s">
         <v>165</v>
       </c>
       <c r="B165">
         <v>101.05</v>
       </c>
     </row>
-    <row r="166" spans="1:2">
+    <row r="166" spans="1:26">
       <c r="A166" t="s">
         <v>166</v>
       </c>
       <c r="B166">
         <v>101.1</v>
       </c>
     </row>
-    <row r="167" spans="1:2">
+    <row r="167" spans="1:26">
       <c r="A167" t="s">
         <v>167</v>
       </c>
       <c r="B167">
         <v>101.88</v>
       </c>
     </row>
-    <row r="168" spans="1:2">
+    <row r="168" spans="1:26">
       <c r="A168" t="s">
         <v>168</v>
       </c>
       <c r="B168">
         <v>102.19</v>
       </c>
     </row>
-    <row r="169" spans="1:2">
+    <row r="169" spans="1:26">
       <c r="A169" t="s">
         <v>169</v>
       </c>
       <c r="B169">
         <v>102.53</v>
       </c>
     </row>
-    <row r="170" spans="1:2">
+    <row r="170" spans="1:26">
       <c r="A170" t="s">
         <v>170</v>
       </c>
       <c r="B170">
         <v>102.61</v>
       </c>
     </row>
-    <row r="171" spans="1:2">
+    <row r="171" spans="1:26">
       <c r="A171" t="s">
         <v>171</v>
       </c>
       <c r="B171">
         <v>102.78</v>
       </c>
     </row>
-    <row r="172" spans="1:2">
+    <row r="172" spans="1:26">
       <c r="A172" t="s">
         <v>172</v>
       </c>
       <c r="B172">
         <v>102.84</v>
       </c>
     </row>
-    <row r="173" spans="1:2">
+    <row r="173" spans="1:26">
       <c r="A173" t="s">
         <v>173</v>
       </c>
       <c r="B173">
         <v>103.57</v>
       </c>
     </row>
-    <row r="174" spans="1:2">
+    <row r="174" spans="1:26">
       <c r="A174" t="s">
         <v>174</v>
       </c>
       <c r="B174">
         <v>103.69</v>
       </c>
     </row>
-    <row r="175" spans="1:2">
+    <row r="175" spans="1:26">
       <c r="A175" t="s">
         <v>175</v>
       </c>
       <c r="B175">
         <v>103.49</v>
       </c>
     </row>
-    <row r="176" spans="1:2">
+    <row r="176" spans="1:26">
       <c r="A176" t="s">
         <v>176</v>
       </c>
       <c r="B176">
         <v>103.38</v>
       </c>
     </row>
-    <row r="177" spans="1:2">
+    <row r="177" spans="1:26">
       <c r="A177" t="s">
         <v>177</v>
       </c>
       <c r="B177">
         <v>103.84</v>
       </c>
     </row>
-    <row r="178" spans="1:2">
+    <row r="178" spans="1:26">
       <c r="A178" t="s">
         <v>178</v>
       </c>
       <c r="B178">
         <v>104.54</v>
       </c>
     </row>
-    <row r="179" spans="1:2">
+    <row r="179" spans="1:26">
       <c r="A179" t="s">
         <v>179</v>
       </c>
       <c r="B179">
         <v>104.76</v>
       </c>
     </row>
-    <row r="180" spans="1:2">
+    <row r="180" spans="1:26">
       <c r="A180" t="s">
         <v>180</v>
       </c>
       <c r="B180">
         <v>104.6</v>
       </c>
     </row>
-    <row r="181" spans="1:2">
+    <row r="181" spans="1:26">
       <c r="A181" t="s">
         <v>181</v>
       </c>
       <c r="B181">
         <v>104.78</v>
       </c>
     </row>
-    <row r="182" spans="1:2">
+    <row r="182" spans="1:26">
       <c r="A182" t="s">
         <v>182</v>
       </c>
       <c r="B182">
         <v>105.11</v>
       </c>
     </row>
-    <row r="183" spans="1:2">
+    <row r="183" spans="1:26">
       <c r="A183" t="s">
         <v>183</v>
       </c>
       <c r="B183">
         <v>105.19</v>
       </c>
     </row>
-    <row r="184" spans="1:2">
+    <row r="184" spans="1:26">
       <c r="A184" t="s">
         <v>184</v>
       </c>
       <c r="B184">
         <v>105.39</v>
       </c>
     </row>
-    <row r="185" spans="1:2">
+    <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>185</v>
       </c>
       <c r="B185">
         <v>105.34</v>
       </c>
     </row>
-    <row r="186" spans="1:2">
+    <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>186</v>
       </c>
       <c r="B186">
         <v>105.23</v>
       </c>
     </row>
-    <row r="187" spans="1:2">
+    <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>187</v>
       </c>
       <c r="B187">
         <v>104.65</v>
       </c>
     </row>
-    <row r="188" spans="1:2">
+    <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>188</v>
       </c>
       <c r="B188">
         <v>105.03</v>
       </c>
     </row>
-    <row r="189" spans="1:2">
+    <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>189</v>
       </c>
       <c r="B189">
         <v>105.43</v>
       </c>
     </row>
-    <row r="190" spans="1:2">
+    <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>190</v>
       </c>
       <c r="B190">
         <v>105.46</v>
       </c>
     </row>
-    <row r="191" spans="1:2">
+    <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>191</v>
       </c>
       <c r="B191">
         <v>105.67</v>
       </c>
     </row>
-    <row r="192" spans="1:2">
+    <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>192</v>
       </c>
       <c r="B192">
         <v>105.69</v>
       </c>
     </row>
-    <row r="193" spans="1:2">
+    <row r="193" spans="1:26">
       <c r="A193" t="s">
         <v>193</v>
       </c>
       <c r="B193">
         <v>105.91</v>
       </c>
     </row>
-    <row r="194" spans="1:2">
+    <row r="194" spans="1:26">
       <c r="A194" t="s">
         <v>194</v>
       </c>
       <c r="B194">
         <v>105.99</v>
       </c>
     </row>
-    <row r="195" spans="1:2">
+    <row r="195" spans="1:26">
       <c r="A195" t="s">
         <v>195</v>
       </c>
       <c r="B195">
         <v>106.11</v>
       </c>
     </row>
-    <row r="196" spans="1:2">
+    <row r="196" spans="1:26">
       <c r="A196" t="s">
         <v>196</v>
       </c>
       <c r="B196">
         <v>106.09</v>
       </c>
     </row>
-    <row r="197" spans="1:2">
+    <row r="197" spans="1:26">
       <c r="A197" t="s">
         <v>197</v>
       </c>
       <c r="B197">
         <v>106.01</v>
       </c>
     </row>
-    <row r="198" spans="1:2">
+    <row r="198" spans="1:26">
       <c r="A198" t="s">
         <v>198</v>
       </c>
       <c r="B198">
         <v>106.03</v>
       </c>
     </row>
-    <row r="199" spans="1:2">
+    <row r="199" spans="1:26">
       <c r="A199" t="s">
         <v>199</v>
       </c>
       <c r="B199">
         <v>106.01</v>
       </c>
     </row>
-    <row r="200" spans="1:2">
+    <row r="200" spans="1:26">
       <c r="A200" t="s">
         <v>200</v>
       </c>
       <c r="B200">
         <v>105.66</v>
       </c>
     </row>
-    <row r="201" spans="1:2">
+    <row r="201" spans="1:26">
       <c r="A201" t="s">
         <v>201</v>
       </c>
       <c r="B201">
         <v>105.73</v>
       </c>
     </row>
-    <row r="202" spans="1:2">
+    <row r="202" spans="1:26">
       <c r="A202" t="s">
         <v>202</v>
       </c>
       <c r="B202">
         <v>105.53</v>
       </c>
     </row>
-    <row r="203" spans="1:2">
+    <row r="203" spans="1:26">
       <c r="A203" t="s">
         <v>203</v>
       </c>
       <c r="B203">
         <v>105.43</v>
       </c>
     </row>
-    <row r="204" spans="1:2">
+    <row r="204" spans="1:26">
       <c r="A204" t="s">
         <v>204</v>
       </c>
       <c r="B204">
         <v>105.11</v>
       </c>
     </row>
-    <row r="205" spans="1:2">
+    <row r="205" spans="1:26">
       <c r="A205" t="s">
         <v>205</v>
       </c>
       <c r="B205">
         <v>105.2</v>
       </c>
     </row>
-    <row r="206" spans="1:2">
+    <row r="206" spans="1:26">
       <c r="A206" t="s">
         <v>206</v>
       </c>
       <c r="B206">
         <v>105.05</v>
       </c>
     </row>
-    <row r="207" spans="1:2">
+    <row r="207" spans="1:26">
       <c r="A207" t="s">
         <v>207</v>
       </c>
       <c r="B207">
         <v>105.24</v>
       </c>
     </row>
-    <row r="208" spans="1:2">
+    <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>208</v>
       </c>
       <c r="B208">
         <v>105.23</v>
       </c>
     </row>
-    <row r="209" spans="1:2">
+    <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>209</v>
       </c>
       <c r="B209">
         <v>105.33</v>
       </c>
     </row>
-    <row r="210" spans="1:2">
+    <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>210</v>
       </c>
       <c r="B210">
         <v>105.29</v>
       </c>
     </row>
-    <row r="211" spans="1:2">
+    <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>211</v>
       </c>
       <c r="B211">
         <v>105.37</v>
       </c>
     </row>
-    <row r="212" spans="1:2">
+    <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>212</v>
       </c>
       <c r="B212">
         <v>105.27</v>
       </c>
     </row>
-    <row r="213" spans="1:2">
+    <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>213</v>
       </c>
       <c r="B213">
         <v>105.47</v>
       </c>
     </row>
-    <row r="214" spans="1:2">
+    <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>214</v>
       </c>
       <c r="B214">
         <v>105.68</v>
       </c>
     </row>
-    <row r="215" spans="1:2">
+    <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>215</v>
       </c>
       <c r="B215">
         <v>105.7</v>
       </c>
     </row>
-    <row r="216" spans="1:2">
+    <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>216</v>
       </c>
       <c r="B216">
         <v>105.89</v>
       </c>
     </row>
-    <row r="217" spans="1:2">
+    <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>217</v>
       </c>
       <c r="B217">
         <v>106.04</v>
       </c>
     </row>
-    <row r="218" spans="1:2">
+    <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>218</v>
       </c>
       <c r="B218">
         <v>106.25</v>
       </c>
     </row>
-    <row r="219" spans="1:2">
+    <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>219</v>
       </c>
       <c r="B219">
         <v>106.47</v>
       </c>
     </row>
-    <row r="220" spans="1:2">
+    <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>220</v>
       </c>
       <c r="B220">
         <v>106.24</v>
       </c>
     </row>
-    <row r="221" spans="1:2">
+    <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>221</v>
       </c>
       <c r="B221">
         <v>106.19</v>
       </c>
     </row>
-    <row r="222" spans="1:2">
+    <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>222</v>
       </c>
       <c r="B222">
         <v>105.94</v>
       </c>
     </row>
-    <row r="223" spans="1:2">
+    <row r="223" spans="1:26">
       <c r="A223" t="s">
         <v>223</v>
       </c>
       <c r="B223">
         <v>106.11</v>
       </c>
     </row>
-    <row r="224" spans="1:2">
+    <row r="224" spans="1:26">
       <c r="A224" t="s">
         <v>224</v>
       </c>
       <c r="B224">
         <v>106.13</v>
       </c>
     </row>
-    <row r="225" spans="1:2">
+    <row r="225" spans="1:26">
       <c r="A225" t="s">
         <v>225</v>
       </c>
       <c r="B225">
         <v>106.01</v>
       </c>
     </row>
-    <row r="226" spans="1:2">
+    <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>226</v>
       </c>
       <c r="B226">
         <v>105.86</v>
       </c>
     </row>
-    <row r="227" spans="1:2">
+    <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>227</v>
       </c>
       <c r="B227">
         <v>106.17</v>
       </c>
     </row>
-    <row r="228" spans="1:2">
+    <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>228</v>
       </c>
       <c r="B228">
         <v>106.18</v>
       </c>
     </row>
-    <row r="229" spans="1:2">
+    <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>229</v>
       </c>
       <c r="B229">
         <v>106.27</v>
       </c>
     </row>
-    <row r="230" spans="1:2">
+    <row r="230" spans="1:26">
       <c r="A230" t="s">
         <v>230</v>
       </c>
       <c r="B230">
         <v>106.37</v>
       </c>
     </row>
-    <row r="231" spans="1:2">
+    <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>231</v>
       </c>
       <c r="B231">
         <v>106.27</v>
       </c>
     </row>
-    <row r="232" spans="1:2">
+    <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>232</v>
       </c>
       <c r="B232">
         <v>106.23</v>
       </c>
     </row>
-    <row r="233" spans="1:2">
+    <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>233</v>
       </c>
       <c r="B233">
         <v>106.16</v>
       </c>
     </row>
-    <row r="234" spans="1:2">
+    <row r="234" spans="1:26">
       <c r="A234" t="s">
         <v>234</v>
       </c>
       <c r="B234">
         <v>105.51</v>
       </c>
     </row>
-    <row r="235" spans="1:2">
+    <row r="235" spans="1:26">
       <c r="A235" t="s">
         <v>235</v>
       </c>
       <c r="B235">
         <v>105.66</v>
       </c>
     </row>
-    <row r="236" spans="1:2">
+    <row r="236" spans="1:26">
       <c r="A236" t="s">
         <v>236</v>
       </c>
       <c r="B236">
         <v>105.62</v>
       </c>
     </row>
-    <row r="237" spans="1:2">
+    <row r="237" spans="1:26">
       <c r="A237" t="s">
         <v>237</v>
       </c>
       <c r="B237">
         <v>105.65</v>
       </c>
     </row>
-    <row r="238" spans="1:2">
+    <row r="238" spans="1:26">
       <c r="A238" t="s">
         <v>238</v>
       </c>
       <c r="B238">
         <v>105.58</v>
       </c>
     </row>
-    <row r="239" spans="1:2">
+    <row r="239" spans="1:26">
       <c r="A239" t="s">
         <v>239</v>
       </c>
       <c r="B239">
         <v>105.56</v>
       </c>
     </row>
-    <row r="240" spans="1:2">
+    <row r="240" spans="1:26">
       <c r="A240" t="s">
         <v>240</v>
       </c>
       <c r="B240">
         <v>105.48</v>
       </c>
     </row>
-    <row r="241" spans="1:2">
+    <row r="241" spans="1:26">
       <c r="A241" t="s">
         <v>241</v>
       </c>
       <c r="B241">
         <v>105.61</v>
       </c>
     </row>
-    <row r="242" spans="1:2">
+    <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>242</v>
       </c>
       <c r="B242">
         <v>105.85</v>
       </c>
     </row>
-    <row r="243" spans="1:2">
+    <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>243</v>
       </c>
       <c r="B243">
         <v>106.03</v>
       </c>
     </row>
-    <row r="244" spans="1:2">
+    <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>244</v>
       </c>
       <c r="B244">
         <v>106.22</v>
       </c>
     </row>
-    <row r="245" spans="1:2">
+    <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>245</v>
       </c>
       <c r="B245">
         <v>106.12</v>
       </c>
     </row>
-    <row r="246" spans="1:2">
+    <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>246</v>
       </c>
       <c r="B246">
         <v>106.01</v>
       </c>
     </row>
-    <row r="247" spans="1:2">
+    <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>247</v>
       </c>
       <c r="B247">
         <v>106.01</v>
       </c>
     </row>
-    <row r="248" spans="1:2">
+    <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>248</v>
       </c>
       <c r="B248">
         <v>106.23</v>
       </c>
     </row>
-    <row r="249" spans="1:2">
+    <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>249</v>
       </c>
       <c r="B249">
         <v>106.2</v>
       </c>
     </row>
-    <row r="250" spans="1:2">
+    <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>250</v>
       </c>
       <c r="B250">
         <v>106.05</v>
       </c>
     </row>
-    <row r="251" spans="1:2">
+    <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>251</v>
       </c>
       <c r="B251">
         <v>106.13</v>
       </c>
     </row>
-    <row r="252" spans="1:2">
+    <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>252</v>
       </c>
       <c r="B252">
         <v>106.39</v>
       </c>
     </row>
-    <row r="253" spans="1:2">
+    <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>253</v>
       </c>
       <c r="B253">
         <v>106.27</v>
       </c>
     </row>
-    <row r="254" spans="1:2">
+    <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>254</v>
       </c>
       <c r="B254">
         <v>106.37</v>
       </c>
     </row>
-    <row r="255" spans="1:2">
+    <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>255</v>
       </c>
       <c r="B255">
         <v>106.14</v>
       </c>
     </row>
-    <row r="256" spans="1:2">
+    <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>256</v>
       </c>
       <c r="B256">
         <v>106.29</v>
       </c>
     </row>
-    <row r="257" spans="1:2">
+    <row r="257" spans="1:26">
       <c r="A257" t="s">
         <v>257</v>
       </c>
       <c r="B257">
         <v>106.34</v>
       </c>
     </row>
-    <row r="258" spans="1:2">
+    <row r="258" spans="1:26">
       <c r="A258" t="s">
         <v>258</v>
       </c>
       <c r="B258">
         <v>106.38</v>
       </c>
     </row>
-    <row r="259" spans="1:2">
+    <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>259</v>
       </c>
       <c r="B259">
         <v>106.54</v>
       </c>
     </row>
-    <row r="260" spans="1:2">
+    <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>260</v>
       </c>
       <c r="B260">
         <v>106.5</v>
       </c>
     </row>
-    <row r="261" spans="1:2">
+    <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>261</v>
       </c>
       <c r="B261">
         <v>106.49</v>
       </c>
     </row>
-    <row r="262" spans="1:2">
+    <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>262</v>
       </c>
       <c r="B262">
         <v>106.7</v>
       </c>
     </row>
-    <row r="263" spans="1:2">
+    <row r="263" spans="1:26">
       <c r="A263" t="s">
         <v>263</v>
       </c>
       <c r="B263">
         <v>106.64</v>
       </c>
     </row>
-    <row r="264" spans="1:2">
+    <row r="264" spans="1:26">
       <c r="A264" t="s">
         <v>264</v>
       </c>
       <c r="B264">
         <v>107.05</v>
       </c>
     </row>
-    <row r="265" spans="1:2">
+    <row r="265" spans="1:26">
       <c r="A265" t="s">
         <v>265</v>
       </c>
       <c r="B265">
         <v>106.75</v>
       </c>
     </row>
-    <row r="266" spans="1:2">
+    <row r="266" spans="1:26">
       <c r="A266" t="s">
         <v>266</v>
       </c>
       <c r="B266">
         <v>106.83</v>
       </c>
     </row>
-    <row r="267" spans="1:2">
+    <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>267</v>
       </c>
       <c r="B267">
         <v>107.14</v>
       </c>
     </row>
-    <row r="268" spans="1:2">
+    <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>268</v>
       </c>
       <c r="B268">
         <v>107.25</v>
       </c>
     </row>
-    <row r="269" spans="1:2">
+    <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>269</v>
       </c>
       <c r="B269">
         <v>107.32</v>
       </c>
     </row>
-    <row r="270" spans="1:2">
+    <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>270</v>
       </c>
       <c r="B270">
         <v>107.28</v>
       </c>
     </row>
-    <row r="271" spans="1:2">
+    <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>271</v>
       </c>
       <c r="B271">
         <v>107.33</v>
       </c>
     </row>
-    <row r="272" spans="1:2">
+    <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>272</v>
       </c>
       <c r="B272">
         <v>107.2</v>
       </c>
     </row>
-    <row r="273" spans="1:2">
+    <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>273</v>
       </c>
       <c r="B273">
         <v>107.2</v>
       </c>
     </row>
-    <row r="274" spans="1:2">
+    <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>274</v>
       </c>
       <c r="B274">
         <v>107.44</v>
       </c>
     </row>
-    <row r="275" spans="1:2">
+    <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>275</v>
       </c>
       <c r="B275">
         <v>107.51</v>
       </c>
     </row>
-    <row r="276" spans="1:2">
+    <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>276</v>
       </c>
       <c r="B276">
         <v>107.7</v>
       </c>
     </row>
-    <row r="277" spans="1:2">
+    <row r="277" spans="1:26">
       <c r="A277" t="s">
         <v>277</v>
       </c>
       <c r="B277">
         <v>108.1</v>
       </c>
     </row>
-    <row r="278" spans="1:2">
+    <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>278</v>
       </c>
       <c r="B278">
         <v>108.17</v>
       </c>
     </row>
-    <row r="279" spans="1:2">
+    <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>279</v>
       </c>
       <c r="B279">
         <v>108.03</v>
       </c>
     </row>
-    <row r="280" spans="1:2">
+    <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>280</v>
       </c>
       <c r="B280">
         <v>107.93</v>
       </c>
     </row>
-    <row r="281" spans="1:2">
+    <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>281</v>
       </c>
       <c r="B281">
         <v>108.13</v>
       </c>
     </row>
-    <row r="282" spans="1:2">
+    <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>282</v>
       </c>
       <c r="B282">
         <v>107.93</v>
       </c>
     </row>
-    <row r="283" spans="1:2">
+    <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>283</v>
       </c>
       <c r="B283">
         <v>107.19</v>
       </c>
     </row>
-    <row r="284" spans="1:2">
+    <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>284</v>
       </c>
       <c r="B284">
         <v>107.46</v>
       </c>
     </row>
-    <row r="285" spans="1:2">
+    <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>285</v>
       </c>
       <c r="B285">
         <v>107.19</v>
       </c>
     </row>
-    <row r="286" spans="1:2">
+    <row r="286" spans="1:26">
       <c r="A286" t="s">
         <v>286</v>
       </c>
       <c r="B286">
         <v>107.51</v>
       </c>
     </row>
-    <row r="287" spans="1:2">
+    <row r="287" spans="1:26">
       <c r="A287" t="s">
         <v>287</v>
       </c>
       <c r="B287">
         <v>107.52</v>
       </c>
     </row>
-    <row r="288" spans="1:2">
+    <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>288</v>
       </c>
       <c r="B288">
         <v>107.22</v>
       </c>
     </row>
-    <row r="289" spans="1:2">
+    <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>289</v>
       </c>
       <c r="B289">
         <v>107.77</v>
       </c>
     </row>
-    <row r="290" spans="1:2">
+    <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>290</v>
       </c>
       <c r="B290">
         <v>107.92</v>
       </c>
     </row>
-    <row r="291" spans="1:2">
+    <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>291</v>
       </c>
       <c r="B291">
         <v>107.75</v>
       </c>
     </row>
-    <row r="292" spans="1:2">
+    <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>292</v>
       </c>
       <c r="B292">
         <v>107.97</v>
       </c>
     </row>
-    <row r="293" spans="1:2">
+    <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>293</v>
       </c>
       <c r="B293">
         <v>108.1</v>
       </c>
     </row>
-    <row r="294" spans="1:2">
+    <row r="294" spans="1:26">
       <c r="A294" t="s">
         <v>294</v>
       </c>
       <c r="B294">
         <v>108.3</v>
       </c>
     </row>
-    <row r="295" spans="1:2">
+    <row r="295" spans="1:26">
       <c r="A295" t="s">
         <v>295</v>
       </c>
       <c r="B295">
         <v>108.52</v>
       </c>
     </row>
+    <row r="296" spans="1:26">
+      <c r="A296" t="s">
+        <v>296</v>
+      </c>
+      <c r="B296">
+        <v>108.5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:26">
+      <c r="A297" t="s">
+        <v>297</v>
+      </c>
+      <c r="B297">
+        <v>108.38</v>
+      </c>
+    </row>
+    <row r="298" spans="1:26">
+      <c r="A298" t="s">
+        <v>298</v>
+      </c>
+      <c r="B298">
+        <v>108.41</v>
+      </c>
+    </row>
+    <row r="299" spans="1:26">
+      <c r="A299" t="s">
+        <v>299</v>
+      </c>
+      <c r="B299">
+        <v>108.51</v>
+      </c>
+    </row>
+    <row r="300" spans="1:26">
+      <c r="A300" t="s">
+        <v>300</v>
+      </c>
+      <c r="B300">
+        <v>108.19</v>
+      </c>
+    </row>
+    <row r="301" spans="1:26">
+      <c r="A301" t="s">
+        <v>301</v>
+      </c>
+      <c r="B301">
+        <v>108.13</v>
+      </c>
+    </row>
+    <row r="302" spans="1:26">
+      <c r="A302" t="s">
+        <v>302</v>
+      </c>
+      <c r="B302">
+        <v>107.86</v>
+      </c>
+    </row>
+    <row r="303" spans="1:26">
+      <c r="A303" t="s">
+        <v>303</v>
+      </c>
+      <c r="B303">
+        <v>107.79</v>
+      </c>
+    </row>
+    <row r="304" spans="1:26">
+      <c r="A304" t="s">
+        <v>304</v>
+      </c>
+      <c r="B304">
+        <v>108.25</v>
+      </c>
+    </row>
+    <row r="305" spans="1:26">
+      <c r="A305" t="s">
+        <v>305</v>
+      </c>
+      <c r="B305">
+        <v>108.53</v>
+      </c>
+    </row>
+    <row r="306" spans="1:26">
+      <c r="A306" t="s">
+        <v>306</v>
+      </c>
+      <c r="B306">
+        <v>108.1</v>
+      </c>
+    </row>
+    <row r="307" spans="1:26">
+      <c r="A307" t="s">
+        <v>307</v>
+      </c>
+      <c r="B307">
+        <v>108.01</v>
+      </c>
+    </row>
+    <row r="308" spans="1:26">
+      <c r="A308" t="s">
+        <v>308</v>
+      </c>
+      <c r="B308">
+        <v>107.76</v>
+      </c>
+    </row>
+    <row r="309" spans="1:26">
+      <c r="A309" t="s">
+        <v>309</v>
+      </c>
+      <c r="B309">
+        <v>107.38</v>
+      </c>
+    </row>
+    <row r="310" spans="1:26">
+      <c r="A310" t="s">
+        <v>310</v>
+      </c>
+      <c r="B310">
+        <v>107.46</v>
+      </c>
+    </row>
+    <row r="311" spans="1:26">
+      <c r="A311" t="s">
+        <v>311</v>
+      </c>
+      <c r="B311">
+        <v>107.39</v>
+      </c>
+    </row>
+    <row r="312" spans="1:26">
+      <c r="A312" t="s">
+        <v>312</v>
+      </c>
+      <c r="B312">
+        <v>107.09</v>
+      </c>
+    </row>
+    <row r="313" spans="1:26">
+      <c r="A313" t="s">
+        <v>313</v>
+      </c>
+      <c r="B313">
+        <v>107.31</v>
+      </c>
+    </row>
+    <row r="314" spans="1:26">
+      <c r="A314" t="s">
+        <v>314</v>
+      </c>
+      <c r="B314">
+        <v>107.51</v>
+      </c>
+    </row>
+    <row r="315" spans="1:26">
+      <c r="A315" t="s">
+        <v>315</v>
+      </c>
+      <c r="B315">
+        <v>107.76</v>
+      </c>
+    </row>
+    <row r="316" spans="1:26">
+      <c r="A316" t="s">
+        <v>316</v>
+      </c>
+      <c r="B316">
+        <v>107.81</v>
+      </c>
+    </row>
+    <row r="317" spans="1:26">
+      <c r="A317" t="s">
+        <v>317</v>
+      </c>
+      <c r="B317">
+        <v>107.93</v>
+      </c>
+    </row>
+    <row r="318" spans="1:26">
+      <c r="A318" t="s">
+        <v>318</v>
+      </c>
+      <c r="B318">
+        <v>107.86</v>
+      </c>
+    </row>
+    <row r="319" spans="1:26">
+      <c r="A319" t="s">
+        <v>319</v>
+      </c>
+      <c r="B319">
+        <v>107.95</v>
+      </c>
+    </row>
+    <row r="320" spans="1:26">
+      <c r="A320" t="s">
+        <v>320</v>
+      </c>
+      <c r="B320">
+        <v>108.02</v>
+      </c>
+    </row>
+    <row r="321" spans="1:26">
+      <c r="A321" t="s">
+        <v>321</v>
+      </c>
+      <c r="B321">
+        <v>108.07</v>
+      </c>
+    </row>
+    <row r="322" spans="1:26">
+      <c r="A322" t="s">
+        <v>322</v>
+      </c>
+      <c r="B322">
+        <v>108.15</v>
+      </c>
+    </row>
+    <row r="323" spans="1:26">
+      <c r="A323" t="s">
+        <v>323</v>
+      </c>
+      <c r="B323">
+        <v>108.03</v>
+      </c>
+    </row>
+    <row r="324" spans="1:26">
+      <c r="A324" t="s">
+        <v>324</v>
+      </c>
+      <c r="B324">
+        <v>107.98</v>
+      </c>
+    </row>
+    <row r="325" spans="1:26">
+      <c r="A325" t="s">
+        <v>325</v>
+      </c>
+      <c r="B325">
+        <v>107.94</v>
+      </c>
+    </row>
+    <row r="326" spans="1:26">
+      <c r="A326" t="s">
+        <v>326</v>
+      </c>
+      <c r="B326">
+        <v>107.91</v>
+      </c>
+    </row>
+    <row r="327" spans="1:26">
+      <c r="A327" t="s">
+        <v>327</v>
+      </c>
+      <c r="B327">
+        <v>107.67</v>
+      </c>
+    </row>
+    <row r="328" spans="1:26">
+      <c r="A328" t="s">
+        <v>328</v>
+      </c>
+      <c r="B328">
+        <v>107.62</v>
+      </c>
+    </row>
+    <row r="329" spans="1:26">
+      <c r="A329" t="s">
+        <v>329</v>
+      </c>
+      <c r="B329">
+        <v>107.68</v>
+      </c>
+    </row>
+    <row r="330" spans="1:26">
+      <c r="A330" t="s">
+        <v>330</v>
+      </c>
+      <c r="B330">
+        <v>107.31</v>
+      </c>
+    </row>
+    <row r="331" spans="1:26">
+      <c r="A331" t="s">
+        <v>331</v>
+      </c>
+      <c r="B331">
+        <v>107.64</v>
+      </c>
+    </row>
+    <row r="332" spans="1:26">
+      <c r="A332" t="s">
+        <v>332</v>
+      </c>
+      <c r="B332">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="333" spans="1:26">
+      <c r="A333" t="s">
+        <v>333</v>
+      </c>
+      <c r="B333">
+        <v>107.71</v>
+      </c>
+    </row>
+    <row r="334" spans="1:26">
+      <c r="A334" t="s">
+        <v>334</v>
+      </c>
+      <c r="B334">
+        <v>107.77</v>
+      </c>
+    </row>
+    <row r="335" spans="1:26">
+      <c r="A335" t="s">
+        <v>335</v>
+      </c>
+      <c r="B335">
+        <v>107.8</v>
+      </c>
+    </row>
+    <row r="336" spans="1:26">
+      <c r="A336" t="s">
+        <v>336</v>
+      </c>
+      <c r="B336">
+        <v>107.79</v>
+      </c>
+    </row>
+    <row r="337" spans="1:26">
+      <c r="A337" t="s">
+        <v>337</v>
+      </c>
+      <c r="B337">
+        <v>107.9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:26">
+      <c r="A338" t="s">
+        <v>338</v>
+      </c>
+      <c r="B338">
+        <v>107.88</v>
+      </c>
+    </row>
+    <row r="339" spans="1:26">
+      <c r="A339" t="s">
+        <v>339</v>
+      </c>
+      <c r="B339">
+        <v>108.15</v>
+      </c>
+    </row>
+    <row r="340" spans="1:26">
+      <c r="A340" t="s">
+        <v>340</v>
+      </c>
+      <c r="B340">
+        <v>108.22</v>
+      </c>
+    </row>
+    <row r="341" spans="1:26">
+      <c r="A341" t="s">
+        <v>341</v>
+      </c>
+      <c r="B341">
+        <v>108.61</v>
+      </c>
+    </row>
+    <row r="342" spans="1:26">
+      <c r="A342" t="s">
+        <v>342</v>
+      </c>
+      <c r="B342">
+        <v>108.54</v>
+      </c>
+    </row>
+    <row r="343" spans="1:26">
+      <c r="A343" t="s">
+        <v>343</v>
+      </c>
+      <c r="B343">
+        <v>108.53</v>
+      </c>
+    </row>
+    <row r="344" spans="1:26">
+      <c r="A344" t="s">
+        <v>344</v>
+      </c>
+      <c r="B344">
+        <v>108.84</v>
+      </c>
+    </row>
+    <row r="345" spans="1:26">
+      <c r="A345" t="s">
+        <v>345</v>
+      </c>
+      <c r="B345">
+        <v>108.96</v>
+      </c>
+    </row>
+    <row r="346" spans="1:26">
+      <c r="A346" t="s">
+        <v>346</v>
+      </c>
+      <c r="B346">
+        <v>108.91</v>
+      </c>
+    </row>
+    <row r="347" spans="1:26">
+      <c r="A347" t="s">
+        <v>347</v>
+      </c>
+      <c r="B347">
+        <v>108.63</v>
+      </c>
+    </row>
+    <row r="348" spans="1:26">
+      <c r="A348" t="s">
+        <v>348</v>
+      </c>
+      <c r="B348">
+        <v>108.6</v>
+      </c>
+    </row>
+    <row r="349" spans="1:26">
+      <c r="A349" t="s">
+        <v>349</v>
+      </c>
+      <c r="B349">
+        <v>108.57</v>
+      </c>
+    </row>
+    <row r="350" spans="1:26">
+      <c r="A350" t="s">
+        <v>350</v>
+      </c>
+      <c r="B350">
+        <v>108.13</v>
+      </c>
+    </row>
+    <row r="351" spans="1:26">
+      <c r="A351" t="s">
+        <v>351</v>
+      </c>
+      <c r="B351">
+        <v>107.79</v>
+      </c>
+    </row>
+    <row r="352" spans="1:26">
+      <c r="A352" t="s">
+        <v>352</v>
+      </c>
+      <c r="B352">
+        <v>107.98</v>
+      </c>
+    </row>
+    <row r="353" spans="1:26">
+      <c r="A353" t="s">
+        <v>353</v>
+      </c>
+      <c r="B353">
+        <v>108.39</v>
+      </c>
+    </row>
+    <row r="354" spans="1:26">
+      <c r="A354" t="s">
+        <v>354</v>
+      </c>
+      <c r="B354">
+        <v>108.31</v>
+      </c>
+    </row>
+    <row r="355" spans="1:26">
+      <c r="A355" t="s">
+        <v>355</v>
+      </c>
+      <c r="B355">
+        <v>108.24</v>
+      </c>
+    </row>
+    <row r="356" spans="1:26">
+      <c r="A356" t="s">
+        <v>356</v>
+      </c>
+      <c r="B356">
+        <v>108.12</v>
+      </c>
+    </row>
+    <row r="357" spans="1:26">
+      <c r="A357" t="s">
+        <v>357</v>
+      </c>
+      <c r="B357">
+        <v>108.06</v>
+      </c>
+    </row>
+    <row r="358" spans="1:26">
+      <c r="A358" t="s">
+        <v>358</v>
+      </c>
+      <c r="B358">
+        <v>107.85</v>
+      </c>
+    </row>
+    <row r="359" spans="1:26">
+      <c r="A359" t="s">
+        <v>359</v>
+      </c>
+      <c r="B359">
+        <v>107.81</v>
+      </c>
+    </row>
+    <row r="360" spans="1:26">
+      <c r="A360" t="s">
+        <v>360</v>
+      </c>
+      <c r="B360">
+        <v>107.86</v>
+      </c>
+    </row>
+    <row r="361" spans="1:26">
+      <c r="A361" t="s">
+        <v>361</v>
+      </c>
+      <c r="B361">
+        <v>107.88</v>
+      </c>
+    </row>
+    <row r="362" spans="1:26">
+      <c r="A362" t="s">
+        <v>362</v>
+      </c>
+      <c r="B362">
+        <v>107.69</v>
+      </c>
+    </row>
+    <row r="363" spans="1:26">
+      <c r="A363" t="s">
+        <v>363</v>
+      </c>
+      <c r="B363">
+        <v>107.31</v>
+      </c>
+    </row>
+    <row r="364" spans="1:26">
+      <c r="A364" t="s">
+        <v>364</v>
+      </c>
+      <c r="B364">
+        <v>107.58</v>
+      </c>
+    </row>
+    <row r="365" spans="1:26">
+      <c r="A365" t="s">
+        <v>365</v>
+      </c>
+      <c r="B365">
+        <v>107.96</v>
+      </c>
+    </row>
+    <row r="366" spans="1:26">
+      <c r="A366" t="s">
+        <v>366</v>
+      </c>
+      <c r="B366">
+        <v>108.12</v>
+      </c>
+    </row>
+    <row r="367" spans="1:26">
+      <c r="A367" t="s">
+        <v>367</v>
+      </c>
+      <c r="B367">
+        <v>108.24</v>
+      </c>
+    </row>
+    <row r="368" spans="1:26">
+      <c r="A368" t="s">
+        <v>368</v>
+      </c>
+      <c r="B368">
+        <v>108.1</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Historique Vls Génération Alpha</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keren Finance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Historique Vls Génération Alpha</dc:title>
   <dc:description/>
   <dc:subject>Génération Alpha</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>