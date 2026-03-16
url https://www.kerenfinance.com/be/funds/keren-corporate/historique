--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -4,59 +4,59 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Historique Vls Keren Corporate" sheetId="1" r:id="rId4"/>
+    <sheet name="Historique Vls" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4314">
   <si>
     <t>Keren Corporate</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>FR0010697532</t>
   </si>
   <si>
     <t>2008-12-30</t>
   </si>
   <si>
     <t>2008-12-31</t>
   </si>
   <si>
     <t>2009-01-02</t>
   </si>
   <si>
     <t>2009-01-05</t>
   </si>
   <si>
@@ -12858,50 +12858,146 @@
     <t>2026-01-16</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
     <t>2026-01-20</t>
   </si>
   <si>
     <t>2026-01-21</t>
   </si>
   <si>
     <t>2026-01-22</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
     <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -13205,51 +13301,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z4281"/>
+  <dimension ref="A1:Z4313"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>0</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
@@ -47454,86 +47550,342 @@
         <v>218.34</v>
       </c>
     </row>
     <row r="4279" spans="1:26">
       <c r="A4279" t="s">
         <v>4279</v>
       </c>
       <c r="B4279">
         <v>218.34</v>
       </c>
     </row>
     <row r="4280" spans="1:26">
       <c r="A4280" t="s">
         <v>4280</v>
       </c>
       <c r="B4280">
         <v>218.34</v>
       </c>
     </row>
     <row r="4281" spans="1:26">
       <c r="A4281" t="s">
         <v>4281</v>
       </c>
       <c r="B4281">
         <v>218.41</v>
+      </c>
+    </row>
+    <row r="4282" spans="1:26">
+      <c r="A4282" t="s">
+        <v>4282</v>
+      </c>
+      <c r="B4282">
+        <v>218.53</v>
+      </c>
+    </row>
+    <row r="4283" spans="1:26">
+      <c r="A4283" t="s">
+        <v>4283</v>
+      </c>
+      <c r="B4283">
+        <v>218.5</v>
+      </c>
+    </row>
+    <row r="4284" spans="1:26">
+      <c r="A4284" t="s">
+        <v>4284</v>
+      </c>
+      <c r="B4284">
+        <v>218.29</v>
+      </c>
+    </row>
+    <row r="4285" spans="1:26">
+      <c r="A4285" t="s">
+        <v>4285</v>
+      </c>
+      <c r="B4285">
+        <v>218.37</v>
+      </c>
+    </row>
+    <row r="4286" spans="1:26">
+      <c r="A4286" t="s">
+        <v>4286</v>
+      </c>
+      <c r="B4286">
+        <v>218.53</v>
+      </c>
+    </row>
+    <row r="4287" spans="1:26">
+      <c r="A4287" t="s">
+        <v>4287</v>
+      </c>
+      <c r="B4287">
+        <v>218.99</v>
+      </c>
+    </row>
+    <row r="4288" spans="1:26">
+      <c r="A4288" t="s">
+        <v>4288</v>
+      </c>
+      <c r="B4288">
+        <v>218.84</v>
+      </c>
+    </row>
+    <row r="4289" spans="1:26">
+      <c r="A4289" t="s">
+        <v>4289</v>
+      </c>
+      <c r="B4289">
+        <v>218.63</v>
+      </c>
+    </row>
+    <row r="4290" spans="1:26">
+      <c r="A4290" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B4290">
+        <v>218.77</v>
+      </c>
+    </row>
+    <row r="4291" spans="1:26">
+      <c r="A4291" t="s">
+        <v>4291</v>
+      </c>
+      <c r="B4291">
+        <v>218.89</v>
+      </c>
+    </row>
+    <row r="4292" spans="1:26">
+      <c r="A4292" t="s">
+        <v>4292</v>
+      </c>
+      <c r="B4292">
+        <v>219.15</v>
+      </c>
+    </row>
+    <row r="4293" spans="1:26">
+      <c r="A4293" t="s">
+        <v>4293</v>
+      </c>
+      <c r="B4293">
+        <v>219.25</v>
+      </c>
+    </row>
+    <row r="4294" spans="1:26">
+      <c r="A4294" t="s">
+        <v>4294</v>
+      </c>
+      <c r="B4294">
+        <v>219.07</v>
+      </c>
+    </row>
+    <row r="4295" spans="1:26">
+      <c r="A4295" t="s">
+        <v>4295</v>
+      </c>
+      <c r="B4295">
+        <v>218.9</v>
+      </c>
+    </row>
+    <row r="4296" spans="1:26">
+      <c r="A4296" t="s">
+        <v>4296</v>
+      </c>
+      <c r="B4296">
+        <v>218.77</v>
+      </c>
+    </row>
+    <row r="4297" spans="1:26">
+      <c r="A4297" t="s">
+        <v>4297</v>
+      </c>
+      <c r="B4297">
+        <v>219.06</v>
+      </c>
+    </row>
+    <row r="4298" spans="1:26">
+      <c r="A4298" t="s">
+        <v>4298</v>
+      </c>
+      <c r="B4298">
+        <v>218.99</v>
+      </c>
+    </row>
+    <row r="4299" spans="1:26">
+      <c r="A4299" t="s">
+        <v>4299</v>
+      </c>
+      <c r="B4299">
+        <v>219.02</v>
+      </c>
+    </row>
+    <row r="4300" spans="1:26">
+      <c r="A4300" t="s">
+        <v>4300</v>
+      </c>
+      <c r="B4300">
+        <v>219.02</v>
+      </c>
+    </row>
+    <row r="4301" spans="1:26">
+      <c r="A4301" t="s">
+        <v>4301</v>
+      </c>
+      <c r="B4301">
+        <v>218.91</v>
+      </c>
+    </row>
+    <row r="4302" spans="1:26">
+      <c r="A4302" t="s">
+        <v>4302</v>
+      </c>
+      <c r="B4302">
+        <v>219.05</v>
+      </c>
+    </row>
+    <row r="4303" spans="1:26">
+      <c r="A4303" t="s">
+        <v>4303</v>
+      </c>
+      <c r="B4303">
+        <v>219.39</v>
+      </c>
+    </row>
+    <row r="4304" spans="1:26">
+      <c r="A4304" t="s">
+        <v>4304</v>
+      </c>
+      <c r="B4304">
+        <v>219.27</v>
+      </c>
+    </row>
+    <row r="4305" spans="1:26">
+      <c r="A4305" t="s">
+        <v>4305</v>
+      </c>
+      <c r="B4305">
+        <v>219.22</v>
+      </c>
+    </row>
+    <row r="4306" spans="1:26">
+      <c r="A4306" t="s">
+        <v>4306</v>
+      </c>
+      <c r="B4306">
+        <v>219.49</v>
+      </c>
+    </row>
+    <row r="4307" spans="1:26">
+      <c r="A4307" t="s">
+        <v>4307</v>
+      </c>
+      <c r="B4307">
+        <v>219.15</v>
+      </c>
+    </row>
+    <row r="4308" spans="1:26">
+      <c r="A4308" t="s">
+        <v>4308</v>
+      </c>
+      <c r="B4308">
+        <v>218.83</v>
+      </c>
+    </row>
+    <row r="4309" spans="1:26">
+      <c r="A4309" t="s">
+        <v>4309</v>
+      </c>
+      <c r="B4309">
+        <v>218.36</v>
+      </c>
+    </row>
+    <row r="4310" spans="1:26">
+      <c r="A4310" t="s">
+        <v>4310</v>
+      </c>
+      <c r="B4310">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="4311" spans="1:26">
+      <c r="A4311" t="s">
+        <v>4311</v>
+      </c>
+      <c r="B4311">
+        <v>218.48</v>
+      </c>
+    </row>
+    <row r="4312" spans="1:26">
+      <c r="A4312" t="s">
+        <v>4312</v>
+      </c>
+      <c r="B4312">
+        <v>218.22</v>
+      </c>
+    </row>
+    <row r="4313" spans="1:26">
+      <c r="A4313" t="s">
+        <v>4313</v>
+      </c>
+      <c r="B4313">
+        <v>218.08</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Historique Vls Keren Corporate</vt:lpstr>
+      <vt:lpstr>Historique Vls</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keren Finance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Historique Vls Keren Corporate</dc:title>
   <dc:description/>
   <dc:subject>Keren Corporate</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>